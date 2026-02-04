--- v0 (2025-10-18)
+++ v1 (2026-02-04)
@@ -12,77 +12,98 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>anno</t>
   </si>
   <si>
     <t>formalizados</t>
   </si>
   <si>
     <t>adjudicados</t>
   </si>
   <si>
     <t>menores</t>
   </si>
   <si>
     <t>licitaciones_anuladas</t>
   </si>
   <si>
     <t>resueltos</t>
   </si>
   <si>
     <t>modificados</t>
   </si>
   <si>
     <t>penalidades</t>
+  </si>
+  <si>
+    <t>Contratos formalizados (ODS)</t>
+  </si>
+  <si>
+    <t>Contratos Adjudicados (ODS)</t>
+  </si>
+  <si>
+    <t>Contratos menores (ODT) (PDF)</t>
+  </si>
+  <si>
+    <t>Licitaciones anuladas (ODT)</t>
+  </si>
+  <si>
+    <t>Desestimientos (ODT)</t>
+  </si>
+  <si>
+    <t>Contratos modificados (ODT) </t>
+  </si>
+  <si>
+    <t>Penalidades impuestas (ODT)</t>
   </si>
   <si>
     <t>Contratos Formalizados: (ODS) (ODT) </t>
   </si>
   <si>
     <t>Contratos Adjudicados: (ODT) (ODS)</t>
   </si>
   <si>
     <t>Contratos Menores: (ODT) (PDF)</t>
   </si>
   <si>
     <t>Al objeto de dar cumplimiento a los Indicadores de la Ley Canaria de Transparencia (Ley 12/2014, de 26 de diciembre) en el subapartado “1039 Licitaciones anuladas", desde el Ayuntamiento de Villa de Firgas, se pone en conocimiento del público en general, que no hay actividad en este apartado el año 2024. 
 En todo lo demás, la ciudadanía puede emplear los medios legalmente establecidos para ejercer su derecho de acceso a la información pública.</t>
   </si>
   <si>
     <t>Contratos Modificados: (ODT)</t>
   </si>
   <si>
     <t>Al objeto de dar cumplimiento a los Indicadores de la Ley Canaria de Transparencia (Ley 12/2014, de 26 de diciembre) en el subapartado “1054 Penalidades impuestas por incumplimiento de los contratistas", desde el Ayuntamiento de Villa de Firgas, se pone en conocimiento del público en general, que no hay actividad en este apartado el año 2024.
 En todo lo demás, la ciudadanía puede emplear los medios legalmente establecidos para ejercer su derecho de acceso a la información pública.</t>
   </si>
   <si>
     <t>Contratos Formalizados: (ODT) (ODS)</t>
   </si>
   <si>
@@ -454,65 +475,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z3"/>
+  <dimension ref="A1:Z4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="5" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="43" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="41" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="36" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="362" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="11" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="24" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="34" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="406" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
@@ -521,95 +542,124 @@
         <v>7</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
-        <v>137</v>
+        <v>189</v>
       </c>
       <c r="B2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
       <c r="H2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
+        <v>137</v>
+      </c>
+      <c r="B3">
+        <v>2024</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+      <c r="I3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26">
+      <c r="A4" s="1">
         <v>127</v>
       </c>
-      <c r="B3">
+      <c r="B4">
         <v>2023</v>
       </c>
-      <c r="C3" t="s">
-[...12 lines deleted...]
-        <v>19</v>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>25</v>
+      </c>
+      <c r="I4" t="s">
+        <v>26</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">