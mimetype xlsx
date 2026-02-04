--- v0 (2025-12-10)
+++ v1 (2026-02-04)
@@ -12,77 +12,80 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="171">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="172">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>denominacion</t>
   </si>
   <si>
     <t>fecha_inicio</t>
   </si>
   <si>
     <t>documento_id</t>
   </si>
   <si>
     <t>documento_open_id</t>
   </si>
   <si>
     <t>years</t>
   </si>
   <si>
     <t>Movimientos de cuentas</t>
   </si>
   <si>
     <t>31-12-2024</t>
   </si>
   <si>
     <t>https://transparencia.firgas.es/storage/uploads/174238655460. 2024.xlsx</t>
+  </si>
+  <si>
+    <t>Cuentas anuales</t>
   </si>
   <si>
     <t>Exposición Pública Cuenta General</t>
   </si>
   <si>
     <t>https://transparencia.firgas.es/storage/uploads/1753690600anuncio(1).pdf</t>
   </si>
   <si>
     <t>31-12-2023</t>
   </si>
   <si>
     <t>https://transparencia.firgas.es/storage/uploads/174238653459. 2023.xlsx</t>
   </si>
   <si>
     <t>Balance de situación</t>
   </si>
   <si>
     <t>https://transparencia.firgas.es/storage/uploads/1738752193Balance de situación.pdf</t>
   </si>
   <si>
     <t>Balance comprobación</t>
   </si>
   <si>
     <t>https://transparencia.firgas.es/storage/uploads/1738752218BALANCE comprobación.pdf</t>
   </si>
@@ -903,51 +906,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z83"/>
+  <dimension ref="A1:Z86"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="107" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="180" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="114" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
@@ -978,1419 +981,1461 @@
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
         <v>5904</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="F2">
         <v>2024</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
-        <v>6242</v>
+        <v>6489</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>7</v>
       </c>
-      <c r="D3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F3">
         <v>2024</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
-        <v>5903</v>
+        <v>6242</v>
       </c>
       <c r="B4" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
-        <v>5422</v>
+        <v>5903</v>
       </c>
       <c r="B5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
         <v>13</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
       <c r="F5">
         <v>2023</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="1">
-        <v>5423</v>
+        <v>5422</v>
       </c>
       <c r="B6" t="s">
+        <v>14</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
       <c r="F6">
         <v>2023</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="1">
-        <v>5424</v>
+        <v>5423</v>
       </c>
       <c r="B7" t="s">
+        <v>16</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
         <v>17</v>
-      </c>
-[...4 lines deleted...]
-        <v>18</v>
       </c>
       <c r="F7">
         <v>2023</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="1">
-        <v>5425</v>
+        <v>5424</v>
       </c>
       <c r="B8" t="s">
+        <v>18</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
       <c r="F8">
         <v>2023</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="1">
-        <v>5426</v>
+        <v>5425</v>
       </c>
       <c r="B9" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
         <v>21</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
       <c r="F9">
         <v>2023</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="1">
-        <v>5427</v>
+        <v>5426</v>
       </c>
       <c r="B10" t="s">
+        <v>22</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
       <c r="F10">
         <v>2023</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="1">
-        <v>5428</v>
+        <v>5427</v>
       </c>
       <c r="B11" t="s">
+        <v>24</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
       <c r="F11">
         <v>2023</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="1">
-        <v>5429</v>
+        <v>5428</v>
       </c>
       <c r="B12" t="s">
+        <v>26</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
         <v>27</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
       <c r="F12">
         <v>2023</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="1">
-        <v>5430</v>
+        <v>5429</v>
       </c>
       <c r="B13" t="s">
+        <v>28</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
         <v>29</v>
-      </c>
-[...4 lines deleted...]
-        <v>30</v>
       </c>
       <c r="F13">
         <v>2023</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="1">
-        <v>5431</v>
+        <v>5430</v>
       </c>
       <c r="B14" t="s">
+        <v>30</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
         <v>31</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
       <c r="F14">
         <v>2023</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="1">
-        <v>5432</v>
+        <v>5431</v>
       </c>
       <c r="B15" t="s">
+        <v>32</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
       <c r="F15">
         <v>2023</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="1">
-        <v>5433</v>
+        <v>5432</v>
       </c>
       <c r="B16" t="s">
+        <v>34</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
       <c r="F16">
         <v>2023</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="1">
-        <v>5434</v>
+        <v>5433</v>
       </c>
       <c r="B17" t="s">
+        <v>36</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
       <c r="F17">
         <v>2023</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="1">
-        <v>5435</v>
+        <v>5434</v>
       </c>
       <c r="B18" t="s">
+        <v>38</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
       <c r="F18">
         <v>2023</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="1">
-        <v>5436</v>
+        <v>5435</v>
       </c>
       <c r="B19" t="s">
+        <v>40</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
       <c r="F19">
         <v>2023</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="1">
-        <v>5437</v>
+        <v>5436</v>
       </c>
       <c r="B20" t="s">
+        <v>42</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
       <c r="F20">
         <v>2023</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="1">
-        <v>5406</v>
+        <v>5437</v>
       </c>
       <c r="B21" t="s">
+        <v>44</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
         <v>45</v>
       </c>
-      <c r="C21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21">
-        <v>2022</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="1">
-        <v>5407</v>
+        <v>6490</v>
       </c>
       <c r="B22" t="s">
-        <v>48</v>
+        <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F22">
-        <v>2022</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="1">
-        <v>5408</v>
+        <v>5406</v>
       </c>
       <c r="B23" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="C23" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D23" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="F23">
         <v>2022</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="1">
-        <v>5409</v>
+        <v>5407</v>
       </c>
       <c r="B24" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C24" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D24" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="F24">
         <v>2022</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="1">
-        <v>5410</v>
+        <v>5408</v>
       </c>
       <c r="B25" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="C25" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D25" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="F25">
         <v>2022</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="1">
-        <v>5411</v>
+        <v>5409</v>
       </c>
       <c r="B26" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="C26" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D26" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="F26">
         <v>2022</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="1">
-        <v>5412</v>
+        <v>5410</v>
       </c>
       <c r="B27" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="C27" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D27" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="F27">
         <v>2022</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="1">
-        <v>5413</v>
+        <v>5411</v>
       </c>
       <c r="B28" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="C28" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D28" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="F28">
         <v>2022</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="1">
-        <v>5414</v>
+        <v>5412</v>
       </c>
       <c r="B29" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="C29" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D29" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="F29">
         <v>2022</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="1">
-        <v>5415</v>
+        <v>5413</v>
       </c>
       <c r="B30" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="C30" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D30" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="F30">
         <v>2022</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="1">
-        <v>5416</v>
+        <v>5414</v>
       </c>
       <c r="B31" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="C31" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D31" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="F31">
         <v>2022</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="1">
-        <v>5417</v>
+        <v>5415</v>
       </c>
       <c r="B32" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="C32" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D32" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="F32">
         <v>2022</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="1">
-        <v>5418</v>
+        <v>5416</v>
       </c>
       <c r="B33" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="C33" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D33" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="F33">
         <v>2022</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="1">
-        <v>5419</v>
+        <v>5417</v>
       </c>
       <c r="B34" t="s">
-        <v>17</v>
+        <v>69</v>
       </c>
       <c r="C34" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D34" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="F34">
         <v>2022</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="1">
-        <v>5420</v>
+        <v>5418</v>
       </c>
       <c r="B35" t="s">
-        <v>13</v>
+        <v>71</v>
       </c>
       <c r="C35" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D35" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="F35">
         <v>2022</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="1">
-        <v>5421</v>
+        <v>5419</v>
       </c>
       <c r="B36" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
       <c r="C36" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D36" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="F36">
         <v>2022</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="1">
-        <v>5376</v>
+        <v>5420</v>
       </c>
       <c r="B37" t="s">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="C37" t="s">
-        <v>77</v>
+        <v>47</v>
       </c>
       <c r="D37" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="F37">
-        <v>2019</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="1">
-        <v>5377</v>
+        <v>5421</v>
       </c>
       <c r="B38" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="C38" t="s">
-        <v>77</v>
+        <v>47</v>
       </c>
       <c r="D38" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="F38">
-        <v>2019</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="1">
-        <v>5378</v>
+        <v>6491</v>
       </c>
       <c r="B39" t="s">
-        <v>81</v>
+        <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="F39">
-        <v>2019</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="1">
-        <v>5379</v>
+        <v>5376</v>
       </c>
       <c r="B40" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="C40" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D40" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="F40">
         <v>2019</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="1">
-        <v>5380</v>
+        <v>5377</v>
       </c>
       <c r="B41" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="C41" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D41" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="F41">
         <v>2019</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="1">
-        <v>5381</v>
+        <v>5378</v>
       </c>
       <c r="B42" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="C42" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D42" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="F42">
         <v>2019</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="1">
-        <v>5382</v>
+        <v>5379</v>
       </c>
       <c r="B43" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="C43" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D43" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="F43">
         <v>2019</v>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="1">
-        <v>5383</v>
+        <v>5380</v>
       </c>
       <c r="B44" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="C44" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D44" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="F44">
         <v>2019</v>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="1">
-        <v>5384</v>
+        <v>5381</v>
       </c>
       <c r="B45" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="C45" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D45" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="F45">
         <v>2019</v>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="1">
-        <v>5385</v>
+        <v>5382</v>
       </c>
       <c r="B46" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="C46" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D46" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="F46">
         <v>2019</v>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="1">
-        <v>5386</v>
+        <v>5383</v>
       </c>
       <c r="B47" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="C47" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D47" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="F47">
         <v>2019</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="1">
-        <v>5387</v>
+        <v>5384</v>
       </c>
       <c r="B48" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="C48" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D48" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="F48">
         <v>2019</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="1">
-        <v>5388</v>
+        <v>5385</v>
       </c>
       <c r="B49" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="C49" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D49" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="F49">
         <v>2019</v>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" s="1">
-        <v>5389</v>
+        <v>5386</v>
       </c>
       <c r="B50" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="C50" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D50" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="F50">
         <v>2019</v>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" s="1">
-        <v>5390</v>
+        <v>5387</v>
       </c>
       <c r="B51" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="C51" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D51" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="F51">
         <v>2019</v>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" s="1">
-        <v>5391</v>
+        <v>5388</v>
       </c>
       <c r="B52" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="C52" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D52" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="F52">
         <v>2019</v>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" s="1">
-        <v>5392</v>
+        <v>5389</v>
       </c>
       <c r="B53" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="C53" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>110</v>
+        <v>78</v>
+      </c>
+      <c r="D53" t="s">
+        <v>105</v>
       </c>
       <c r="F53">
         <v>2019</v>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" s="1">
-        <v>5393</v>
+        <v>5390</v>
       </c>
       <c r="B54" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="C54" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D54" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="F54">
         <v>2019</v>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" s="1">
-        <v>5394</v>
+        <v>5391</v>
       </c>
       <c r="B55" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="C55" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D55" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="F55">
         <v>2019</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" s="1">
-        <v>5395</v>
+        <v>5392</v>
       </c>
       <c r="B56" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="C56" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>78</v>
+      </c>
+      <c r="E56" t="s">
+        <v>111</v>
       </c>
       <c r="F56">
         <v>2019</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" s="1">
-        <v>5396</v>
+        <v>5393</v>
       </c>
       <c r="B57" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="C57" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D57" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="F57">
         <v>2019</v>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" s="1">
-        <v>5397</v>
+        <v>5394</v>
       </c>
       <c r="B58" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="C58" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D58" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="F58">
         <v>2019</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" s="1">
-        <v>5398</v>
+        <v>5395</v>
       </c>
       <c r="B59" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="C59" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D59" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="F59">
         <v>2019</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" s="1">
-        <v>5399</v>
+        <v>5396</v>
       </c>
       <c r="B60" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="C60" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D60" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="F60">
         <v>2019</v>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" s="1">
-        <v>5400</v>
+        <v>5397</v>
       </c>
       <c r="B61" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="C61" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D61" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="F61">
         <v>2019</v>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" s="1">
-        <v>5401</v>
+        <v>5398</v>
       </c>
       <c r="B62" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="C62" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D62" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="F62">
         <v>2019</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="1">
-        <v>5402</v>
+        <v>5399</v>
       </c>
       <c r="B63" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="C63" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D63" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="F63">
         <v>2019</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="1">
-        <v>5403</v>
+        <v>5400</v>
       </c>
       <c r="B64" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="C64" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D64" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="F64">
         <v>2019</v>
       </c>
     </row>
     <row r="65" spans="1:26">
       <c r="A65" s="1">
-        <v>5404</v>
+        <v>5401</v>
       </c>
       <c r="B65" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="C65" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D65" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="F65">
         <v>2019</v>
       </c>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" s="1">
-        <v>5405</v>
+        <v>5402</v>
       </c>
       <c r="B66" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="C66" t="s">
-        <v>77</v>
+        <v>78</v>
+      </c>
+      <c r="D66" t="s">
+        <v>131</v>
       </c>
       <c r="F66">
         <v>2019</v>
       </c>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" s="1">
-        <v>5361</v>
+        <v>5403</v>
       </c>
       <c r="B67" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="C67" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D67" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F67">
         <v>2019</v>
       </c>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" s="1">
-        <v>5362</v>
+        <v>5404</v>
       </c>
       <c r="B68" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="C68" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D68" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="F68">
         <v>2019</v>
       </c>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" s="1">
-        <v>5363</v>
+        <v>5405</v>
       </c>
       <c r="B69" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="C69" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>141</v>
+        <v>78</v>
       </c>
       <c r="F69">
         <v>2019</v>
       </c>
     </row>
     <row r="70" spans="1:26">
       <c r="A70" s="1">
-        <v>5364</v>
+        <v>5361</v>
       </c>
       <c r="B70" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="C70" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D70" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="F70">
         <v>2019</v>
       </c>
     </row>
     <row r="71" spans="1:26">
       <c r="A71" s="1">
-        <v>5365</v>
+        <v>5362</v>
       </c>
       <c r="B71" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="C71" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D71" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="F71">
         <v>2019</v>
       </c>
     </row>
     <row r="72" spans="1:26">
       <c r="A72" s="1">
-        <v>5366</v>
+        <v>5363</v>
       </c>
       <c r="B72" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="C72" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D72" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="F72">
         <v>2019</v>
       </c>
     </row>
     <row r="73" spans="1:26">
       <c r="A73" s="1">
-        <v>5367</v>
+        <v>5364</v>
       </c>
       <c r="B73" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="C73" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D73" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="F73">
         <v>2019</v>
       </c>
     </row>
     <row r="74" spans="1:26">
       <c r="A74" s="1">
-        <v>5368</v>
+        <v>5365</v>
       </c>
       <c r="B74" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="C74" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D74" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="F74">
         <v>2019</v>
       </c>
     </row>
     <row r="75" spans="1:26">
       <c r="A75" s="1">
-        <v>5369</v>
+        <v>5366</v>
       </c>
       <c r="B75" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="C75" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D75" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="F75">
         <v>2019</v>
       </c>
     </row>
     <row r="76" spans="1:26">
       <c r="A76" s="1">
-        <v>5370</v>
+        <v>5367</v>
       </c>
       <c r="B76" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="C76" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D76" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="F76">
         <v>2019</v>
       </c>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" s="1">
-        <v>5371</v>
+        <v>5368</v>
       </c>
       <c r="B77" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="C77" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D77" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="F77">
         <v>2019</v>
       </c>
     </row>
     <row r="78" spans="1:26">
       <c r="A78" s="1">
-        <v>5372</v>
+        <v>5369</v>
       </c>
       <c r="B78" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="C78" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D78" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="F78">
         <v>2019</v>
       </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" s="1">
-        <v>5373</v>
+        <v>5370</v>
       </c>
       <c r="B79" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="C79" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D79" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="F79">
         <v>2019</v>
       </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" s="1">
-        <v>5374</v>
+        <v>5371</v>
       </c>
       <c r="B80" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="C80" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D80" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="F80">
         <v>2019</v>
       </c>
     </row>
     <row r="81" spans="1:26">
       <c r="A81" s="1">
-        <v>5375</v>
+        <v>5372</v>
       </c>
       <c r="B81" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="C81" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D81" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="F81">
         <v>2019</v>
       </c>
     </row>
     <row r="82" spans="1:26">
       <c r="A82" s="1">
-        <v>5359</v>
+        <v>5373</v>
       </c>
       <c r="B82" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="C82" t="s">
-        <v>167</v>
+        <v>78</v>
       </c>
       <c r="D82" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
       <c r="F82">
-        <v>2016</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="83" spans="1:26">
       <c r="A83" s="1">
+        <v>5374</v>
+      </c>
+      <c r="B83" t="s">
+        <v>163</v>
+      </c>
+      <c r="C83" t="s">
+        <v>78</v>
+      </c>
+      <c r="D83" t="s">
+        <v>164</v>
+      </c>
+      <c r="F83">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="84" spans="1:26">
+      <c r="A84" s="1">
+        <v>5375</v>
+      </c>
+      <c r="B84" t="s">
+        <v>165</v>
+      </c>
+      <c r="C84" t="s">
+        <v>78</v>
+      </c>
+      <c r="D84" t="s">
+        <v>166</v>
+      </c>
+      <c r="F84">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="85" spans="1:26">
+      <c r="A85" s="1">
+        <v>5359</v>
+      </c>
+      <c r="B85" t="s">
+        <v>167</v>
+      </c>
+      <c r="C85" t="s">
+        <v>168</v>
+      </c>
+      <c r="D85" t="s">
+        <v>169</v>
+      </c>
+      <c r="F85">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="86" spans="1:26">
+      <c r="A86" s="1">
         <v>5360</v>
       </c>
-      <c r="B83" t="s">
-[...5 lines deleted...]
-      <c r="D83" t="s">
+      <c r="B86" t="s">
         <v>170</v>
       </c>
-      <c r="F83">
+      <c r="C86" t="s">
+        <v>168</v>
+      </c>
+      <c r="D86" t="s">
+        <v>171</v>
+      </c>
+      <c r="F86">
         <v>2016</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>