--- v0 (2025-10-18)
+++ v1 (2025-12-10)
@@ -12,65 +12,143 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="219">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="245">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>ejercicio</t>
   </si>
   <si>
     <t>fecha</t>
   </si>
   <si>
     <t>denominacion</t>
   </si>
   <si>
     <t>documento</t>
+  </si>
+  <si>
+    <t>09-12-2025</t>
+  </si>
+  <si>
+    <t>Modificación de crédito nº 55/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.firgas.es/storage/uploads/176527031120251204_Resoluci%C3%B3n_Propuesta%20de%20resoluci%C3%B3n_Propuesta%20de%20Resoluci%C3%B3n%20PR_2025_1769%20-%20Decretos%20Alcalde%20con%20propuesta%20(1).pdf , </t>
+  </si>
+  <si>
+    <t>Modificación de crédito nº 56/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.firgas.es/storage/uploads/176527031220251204_Resoluci%C3%B3n_DECRETO%202025-1242%20%5BResoluci%C3%B3n%20PR_2025_1768%20-%20Generaci%C3%B3n%20de%20cr%C3%A9dito%5D.pdf , </t>
+  </si>
+  <si>
+    <t>24-11-2025</t>
+  </si>
+  <si>
+    <t>Modificación de Crédito nº 51/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.firgas.es/storage/uploads/176423332920251125_Acta_Acta%20pleno_C.1.%20CERTIFICADO%20ACUERDO%203472.2025%20Modificaci%C3%B3n%20presupuestaria%2051.2025.%20Suplemento%20de%20Cr%C3%A9dito.pdf , </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Modificación de Crédito nº 48/2025	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.firgas.es/storage/uploads/176423333020251125_Otros_A.2.%20CERTIFICADO%20ACUERDO%203358.2025%20Modificaci%C3%B3n%20presupuestaria%2048.2025.%20Suplemento%20de%20Cr%C3%A9dito..pdf , </t>
+  </si>
+  <si>
+    <t>19-11-2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Modificación de crédito nº 54/2025	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.firgas.es/storage/uploads/176423332920251119_Resoluci%C3%B3n_DECRETO%202025-1188%20%5BResoluci%C3%B3n%20PR_2025_1681%20-%20Decreto%20modificaci%C3%B3n%20cr%C3%A9dito%5D.pdf , </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Modificación de crédito nº 53/2025	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.firgas.es/storage/uploads/176423333020251119_Resoluci%C3%B3n_DECRETO%202025-1187%20%5BResoluci%C3%B3n%20PR_2025_1678%20-%20Decreto%20modificaci%C3%B3n%20cr%C3%A9dito%5D.pdf , </t>
+  </si>
+  <si>
+    <t>18-11-2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Modificación de crédito nº 52/2025	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.firgas.es/storage/uploads/176423332920251118_Resoluci%C3%B3n_DECRETO%202025-1189%20%5BResoluci%C3%B3n%20PR_2025_1671%20-%20Generaci%C3%B3n%20de%20cr%C3%A9dito%5D%20(1).pdf , </t>
+  </si>
+  <si>
+    <t>03-11-2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Modificación de crédito nº44 /2025	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.firgas.es/storage/uploads/176217314820251002_Otros_CERTIFICADO%202025-1536%20%5BC.3.%20Certificado%20acuerdo%20plenario%202910-2025.%20Modificaci%C3%B3n%20de%20cr%C3%A9ditos.SUPLEMENTO%20DE%20CR%C3%89DITO%5D(11).pdf , </t>
+  </si>
+  <si>
+    <t>20-10-2025</t>
+  </si>
+  <si>
+    <t>Modificación de crédito nº 49/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.firgas.es/storage/uploads/176096573220251020_Resoluci%C3%B3n_DECRETO%202025-1046%20%5BResoluci%C3%B3n%20PR_2025_1506%20-%20Decretos%20Alcalde%20con%20propuesta%5D(2).pdf , </t>
+  </si>
+  <si>
+    <t>Modificación de crédito nº 50/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.firgas.es/storage/uploads/176096577620251020_Resoluci%C3%B3n_DECRETO%202025-1047%20%5BResoluci%C3%B3n%20PR_2025_1505%20-%20Generaci%C3%B3n%20de%20cr%C3%A9dito%5D(2).pdf , </t>
   </si>
   <si>
     <t>07-10-2025</t>
   </si>
   <si>
     <t>Modificación de crédito nº46/2025</t>
   </si>
   <si>
     <t xml:space="preserve">https://transparencia.firgas.es/storage/uploads/176042448420251007_Resoluci%C3%B3n_DECRETO%202025-0980%20%5BResoluci%C3%B3n%20PR_2025_1419%20-%20Generaci%C3%B3n%20de%20cr%C3%A9dito%5D(1).pdf , </t>
   </si>
   <si>
     <t>02-10-2025</t>
   </si>
   <si>
     <t>Modificación de crédito nº44/2025</t>
   </si>
   <si>
     <t xml:space="preserve">https://transparencia.firgas.es/storage/uploads/175991341320251002_Otros_CERTIFICADO%202025-1536%20%5BC.3.%20Certificado%20acuerdo%20plenario%202910-2025.%20Modificaci%C3%B3n%20de%20cr%C3%A9ditos.SUPLEMENTO%20DE%20CR%C3%89DITO%5D(6).pdf , </t>
   </si>
   <si>
     <t>22-09-2025</t>
   </si>
   <si>
     <t>Modificación de crédito nº43/2025</t>
   </si>
@@ -1049,51 +1127,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z79"/>
+  <dimension ref="A1:Z89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="97" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="293" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
@@ -1104,1372 +1182,1542 @@
       </c>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
-        <v>1761</v>
+        <v>1826</v>
       </c>
       <c r="B2">
         <v>2025</v>
       </c>
       <c r="C2" t="s">
         <v>5</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
       <c r="E2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
-        <v>1759</v>
+        <v>1827</v>
       </c>
       <c r="B3">
         <v>2025</v>
       </c>
       <c r="C3" t="s">
+        <v>5</v>
+      </c>
+      <c r="D3" t="s">
         <v>8</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
-        <v>1757</v>
+        <v>1820</v>
       </c>
       <c r="B4">
         <v>2025</v>
       </c>
       <c r="C4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
-        <v>1756</v>
+        <v>1824</v>
       </c>
       <c r="B5">
         <v>2025</v>
       </c>
       <c r="C5" t="s">
+        <v>10</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
         <v>14</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="1">
-        <v>1739</v>
+        <v>1821</v>
       </c>
       <c r="B6">
         <v>2025</v>
       </c>
       <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" t="s">
         <v>17</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="1">
-        <v>1737</v>
+        <v>1823</v>
       </c>
       <c r="B7">
         <v>2025</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="1">
-        <v>1732</v>
+        <v>1822</v>
       </c>
       <c r="B8">
         <v>2025</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="1">
-        <v>1733</v>
+        <v>1818</v>
       </c>
       <c r="B9">
         <v>2025</v>
       </c>
       <c r="C9" t="s">
         <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="1">
-        <v>1734</v>
+        <v>1763</v>
       </c>
       <c r="B10">
         <v>2025</v>
       </c>
       <c r="C10" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E10" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="1">
-        <v>1735</v>
+        <v>1764</v>
       </c>
       <c r="B11">
         <v>2025</v>
       </c>
       <c r="C11" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
+        <v>29</v>
+      </c>
+      <c r="E11" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="1">
-        <v>1736</v>
+        <v>1761</v>
       </c>
       <c r="B12">
         <v>2025</v>
       </c>
       <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
         <v>32</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="1">
-        <v>1233</v>
+        <v>1759</v>
       </c>
       <c r="B13">
         <v>2025</v>
       </c>
       <c r="C13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D13" t="s">
         <v>35</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="1">
-        <v>1225</v>
+        <v>1757</v>
       </c>
       <c r="B14">
         <v>2025</v>
       </c>
       <c r="C14" t="s">
+        <v>37</v>
+      </c>
+      <c r="D14" t="s">
         <v>38</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="1">
-        <v>1220</v>
+        <v>1756</v>
       </c>
       <c r="B15">
         <v>2025</v>
       </c>
       <c r="C15" t="s">
+        <v>40</v>
+      </c>
+      <c r="D15" t="s">
         <v>41</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="1">
-        <v>1219</v>
+        <v>1739</v>
       </c>
       <c r="B16">
         <v>2025</v>
       </c>
       <c r="C16" t="s">
+        <v>43</v>
+      </c>
+      <c r="D16" t="s">
         <v>44</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="1">
-        <v>1216</v>
+        <v>1737</v>
       </c>
       <c r="B17">
         <v>2025</v>
       </c>
       <c r="C17" t="s">
+        <v>46</v>
+      </c>
+      <c r="D17" t="s">
         <v>47</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="1">
-        <v>1218</v>
+        <v>1732</v>
       </c>
       <c r="B18">
         <v>2025</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D18" t="s">
         <v>50</v>
       </c>
       <c r="E18" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="1">
-        <v>1217</v>
+        <v>1733</v>
       </c>
       <c r="B19">
         <v>2025</v>
       </c>
       <c r="C19" t="s">
+        <v>49</v>
+      </c>
+      <c r="D19" t="s">
         <v>52</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="1">
-        <v>1211</v>
+        <v>1734</v>
       </c>
       <c r="B20">
         <v>2025</v>
       </c>
       <c r="C20" t="s">
+        <v>49</v>
+      </c>
+      <c r="D20" t="s">
+        <v>54</v>
+      </c>
+      <c r="E20" t="s">
         <v>55</v>
-      </c>
-[...4 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="1">
-        <v>1212</v>
+        <v>1735</v>
       </c>
       <c r="B21">
         <v>2025</v>
       </c>
       <c r="C21" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="E21" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="1">
-        <v>1210</v>
+        <v>1736</v>
       </c>
       <c r="B22">
         <v>2025</v>
       </c>
       <c r="C22" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="D22" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="E22" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="1">
-        <v>1205</v>
+        <v>1233</v>
       </c>
       <c r="B23">
         <v>2025</v>
       </c>
       <c r="C23" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="D23" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="E23" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="1">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="B24">
         <v>2025</v>
       </c>
       <c r="C24" t="s">
         <v>64</v>
       </c>
       <c r="D24" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="E24" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="1">
-        <v>1207</v>
+        <v>1220</v>
       </c>
       <c r="B25">
         <v>2025</v>
       </c>
       <c r="C25" t="s">
+        <v>67</v>
+      </c>
+      <c r="D25" t="s">
+        <v>68</v>
+      </c>
+      <c r="E25" t="s">
         <v>69</v>
-      </c>
-[...4 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="1">
-        <v>1209</v>
+        <v>1219</v>
       </c>
       <c r="B26">
         <v>2025</v>
       </c>
       <c r="C26" t="s">
+        <v>70</v>
+      </c>
+      <c r="D26" t="s">
+        <v>71</v>
+      </c>
+      <c r="E26" t="s">
         <v>72</v>
-      </c>
-[...4 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="1">
-        <v>1208</v>
+        <v>1216</v>
       </c>
       <c r="B27">
         <v>2025</v>
       </c>
       <c r="C27" t="s">
+        <v>73</v>
+      </c>
+      <c r="D27" t="s">
+        <v>74</v>
+      </c>
+      <c r="E27" t="s">
         <v>75</v>
-      </c>
-[...4 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="1">
-        <v>1167</v>
+        <v>1218</v>
       </c>
       <c r="B28">
         <v>2025</v>
       </c>
       <c r="C28" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="D28" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="E28" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="1">
-        <v>1151</v>
+        <v>1217</v>
       </c>
       <c r="B29">
         <v>2025</v>
       </c>
       <c r="C29" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="D29" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="E29" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="1">
-        <v>1147</v>
+        <v>1211</v>
       </c>
       <c r="B30">
         <v>2025</v>
       </c>
       <c r="C30" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="D30" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="E30" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="1">
-        <v>1146</v>
+        <v>1212</v>
       </c>
       <c r="B31">
         <v>2025</v>
       </c>
       <c r="C31" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="D31" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="E31" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="1">
-        <v>1145</v>
+        <v>1210</v>
       </c>
       <c r="B32">
         <v>2025</v>
       </c>
       <c r="C32" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="D32" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="E32" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="1">
-        <v>1136</v>
+        <v>1205</v>
       </c>
       <c r="B33">
         <v>2025</v>
       </c>
       <c r="C33" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="D33" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="E33" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="1">
-        <v>1137</v>
+        <v>1224</v>
       </c>
       <c r="B34">
         <v>2025</v>
       </c>
       <c r="C34" t="s">
+        <v>90</v>
+      </c>
+      <c r="D34" t="s">
         <v>93</v>
       </c>
-      <c r="D34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E34" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="1">
-        <v>1135</v>
+        <v>1207</v>
       </c>
       <c r="B35">
         <v>2025</v>
       </c>
       <c r="C35" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="D35" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="E35" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="1">
-        <v>1138</v>
+        <v>1209</v>
       </c>
       <c r="B36">
         <v>2025</v>
       </c>
       <c r="C36" t="s">
         <v>98</v>
       </c>
       <c r="D36" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="E36" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="1">
-        <v>1149</v>
+        <v>1208</v>
       </c>
       <c r="B37">
         <v>2025</v>
       </c>
       <c r="C37" t="s">
+        <v>101</v>
+      </c>
+      <c r="D37" t="s">
+        <v>102</v>
+      </c>
+      <c r="E37" t="s">
         <v>103</v>
-      </c>
-[...4 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="1">
-        <v>1148</v>
+        <v>1167</v>
       </c>
       <c r="B38">
         <v>2025</v>
       </c>
       <c r="C38" t="s">
+        <v>104</v>
+      </c>
+      <c r="D38" t="s">
+        <v>105</v>
+      </c>
+      <c r="E38" t="s">
         <v>106</v>
-      </c>
-[...4 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="1">
-        <v>1165</v>
+        <v>1151</v>
       </c>
       <c r="B39">
         <v>2025</v>
       </c>
       <c r="C39" t="s">
+        <v>107</v>
+      </c>
+      <c r="D39" t="s">
+        <v>108</v>
+      </c>
+      <c r="E39" t="s">
         <v>109</v>
-      </c>
-[...4 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="1">
-        <v>1166</v>
+        <v>1147</v>
       </c>
       <c r="B40">
         <v>2025</v>
       </c>
       <c r="C40" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D40" t="s">
+        <v>111</v>
+      </c>
+      <c r="E40" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="1">
-        <v>1125</v>
+        <v>1146</v>
       </c>
       <c r="B41">
         <v>2025</v>
       </c>
       <c r="C41" t="s">
+        <v>113</v>
+      </c>
+      <c r="D41" t="s">
         <v>114</v>
       </c>
-      <c r="D41" t="s">
+      <c r="E41" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="1">
-        <v>1126</v>
+        <v>1145</v>
       </c>
       <c r="B42">
         <v>2025</v>
       </c>
       <c r="C42" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="D42" t="s">
         <v>117</v>
       </c>
       <c r="E42" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="1">
-        <v>1124</v>
+        <v>1136</v>
       </c>
       <c r="B43">
         <v>2025</v>
       </c>
       <c r="C43" t="s">
         <v>119</v>
       </c>
       <c r="D43" t="s">
         <v>120</v>
       </c>
       <c r="E43" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="1">
-        <v>1144</v>
+        <v>1137</v>
       </c>
       <c r="B44">
         <v>2025</v>
       </c>
       <c r="C44" t="s">
+        <v>119</v>
+      </c>
+      <c r="D44" t="s">
         <v>122</v>
       </c>
-      <c r="D44" t="s">
+      <c r="E44" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="1">
-        <v>1120</v>
+        <v>1135</v>
       </c>
       <c r="B45">
         <v>2025</v>
       </c>
       <c r="C45" t="s">
+        <v>124</v>
+      </c>
+      <c r="D45" t="s">
         <v>125</v>
       </c>
-      <c r="D45" t="s">
+      <c r="E45" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="1">
-        <v>1168</v>
+        <v>1138</v>
       </c>
       <c r="B46">
         <v>2025</v>
       </c>
       <c r="C46" t="s">
+        <v>124</v>
+      </c>
+      <c r="D46" t="s">
+        <v>127</v>
+      </c>
+      <c r="E46" t="s">
         <v>128</v>
-      </c>
-[...4 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="1">
-        <v>1116</v>
+        <v>1149</v>
       </c>
       <c r="B47">
         <v>2025</v>
       </c>
       <c r="C47" t="s">
+        <v>129</v>
+      </c>
+      <c r="D47" t="s">
+        <v>130</v>
+      </c>
+      <c r="E47" t="s">
         <v>131</v>
-      </c>
-[...4 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="1">
-        <v>1050</v>
+        <v>1148</v>
       </c>
       <c r="B48">
         <v>2025</v>
       </c>
       <c r="C48" t="s">
+        <v>132</v>
+      </c>
+      <c r="D48" t="s">
+        <v>133</v>
+      </c>
+      <c r="E48" t="s">
         <v>134</v>
-      </c>
-[...4 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="1">
-        <v>1089</v>
+        <v>1165</v>
       </c>
       <c r="B49">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C49" t="s">
+        <v>135</v>
+      </c>
+      <c r="D49" t="s">
+        <v>136</v>
+      </c>
+      <c r="E49" t="s">
         <v>137</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" s="1">
-        <v>1110</v>
+        <v>1166</v>
       </c>
       <c r="B50">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C50" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="D50" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="E50" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" s="1">
-        <v>1088</v>
+        <v>1125</v>
       </c>
       <c r="B51">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C51" t="s">
+        <v>140</v>
+      </c>
+      <c r="D51" t="s">
+        <v>141</v>
+      </c>
+      <c r="E51" t="s">
         <v>142</v>
-      </c>
-[...4 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" s="1">
-        <v>1087</v>
+        <v>1126</v>
       </c>
       <c r="B52">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C52" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="D52" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="E52" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" s="1">
-        <v>1086</v>
+        <v>1124</v>
       </c>
       <c r="B53">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C53" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="D53" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="E53" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" s="1">
-        <v>1085</v>
+        <v>1144</v>
       </c>
       <c r="B54">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C54" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="D54" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="E54" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" s="1">
-        <v>1090</v>
+        <v>1120</v>
       </c>
       <c r="B55">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C55" t="s">
         <v>151</v>
       </c>
       <c r="D55" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="E55" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" s="1">
-        <v>1084</v>
+        <v>1168</v>
       </c>
       <c r="B56">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C56" t="s">
+        <v>154</v>
+      </c>
+      <c r="D56" t="s">
+        <v>155</v>
+      </c>
+      <c r="E56" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" s="1">
-        <v>1083</v>
+        <v>1116</v>
       </c>
       <c r="B57">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C57" t="s">
+        <v>157</v>
+      </c>
+      <c r="D57" t="s">
+        <v>158</v>
+      </c>
+      <c r="E57" t="s">
         <v>159</v>
-      </c>
-[...4 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" s="1">
-        <v>1082</v>
+        <v>1050</v>
       </c>
       <c r="B58">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C58" t="s">
+        <v>160</v>
+      </c>
+      <c r="D58" t="s">
+        <v>161</v>
+      </c>
+      <c r="E58" t="s">
         <v>162</v>
-      </c>
-[...4 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" s="1">
-        <v>1081</v>
+        <v>1089</v>
       </c>
       <c r="B59">
         <v>2024</v>
       </c>
       <c r="C59" t="s">
+        <v>163</v>
+      </c>
+      <c r="D59" t="s">
+        <v>164</v>
+      </c>
+      <c r="E59" t="s">
         <v>165</v>
-      </c>
-[...4 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" s="1">
-        <v>1079</v>
+        <v>1110</v>
       </c>
       <c r="B60">
         <v>2024</v>
       </c>
       <c r="C60" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="D60" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="E60" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" s="1">
-        <v>1080</v>
+        <v>1088</v>
       </c>
       <c r="B61">
         <v>2024</v>
       </c>
       <c r="C61" t="s">
         <v>168</v>
       </c>
       <c r="D61" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="E61" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" s="1">
-        <v>1078</v>
+        <v>1087</v>
       </c>
       <c r="B62">
         <v>2024</v>
       </c>
       <c r="C62" t="s">
+        <v>171</v>
+      </c>
+      <c r="D62" t="s">
+        <v>172</v>
+      </c>
+      <c r="E62" t="s">
         <v>173</v>
-      </c>
-[...4 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="1">
-        <v>1076</v>
+        <v>1086</v>
       </c>
       <c r="B63">
         <v>2024</v>
       </c>
       <c r="C63" t="s">
+        <v>174</v>
+      </c>
+      <c r="D63" t="s">
+        <v>175</v>
+      </c>
+      <c r="E63" t="s">
         <v>176</v>
-      </c>
-[...4 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="1">
-        <v>1077</v>
+        <v>1085</v>
       </c>
       <c r="B64">
         <v>2024</v>
       </c>
       <c r="C64" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D64" t="s">
+        <v>178</v>
+      </c>
+      <c r="E64" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="65" spans="1:26">
       <c r="A65" s="1">
-        <v>1075</v>
+        <v>1090</v>
       </c>
       <c r="B65">
         <v>2024</v>
       </c>
       <c r="C65" t="s">
+        <v>177</v>
+      </c>
+      <c r="D65" t="s">
+        <v>180</v>
+      </c>
+      <c r="E65" t="s">
         <v>181</v>
-      </c>
-[...4 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" s="1">
-        <v>1073</v>
+        <v>1084</v>
       </c>
       <c r="B66">
         <v>2024</v>
       </c>
       <c r="C66" t="s">
+        <v>182</v>
+      </c>
+      <c r="D66" t="s">
+        <v>183</v>
+      </c>
+      <c r="E66" t="s">
         <v>184</v>
-      </c>
-[...4 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" s="1">
-        <v>1074</v>
+        <v>1083</v>
       </c>
       <c r="B67">
         <v>2024</v>
       </c>
       <c r="C67" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D67" t="s">
+        <v>186</v>
+      </c>
+      <c r="E67" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" s="1">
-        <v>1070</v>
+        <v>1082</v>
       </c>
       <c r="B68">
         <v>2024</v>
       </c>
       <c r="C68" t="s">
+        <v>188</v>
+      </c>
+      <c r="D68" t="s">
         <v>189</v>
       </c>
-      <c r="D68" t="s">
+      <c r="E68" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" s="1">
-        <v>1071</v>
+        <v>1081</v>
       </c>
       <c r="B69">
         <v>2024</v>
       </c>
       <c r="C69" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="D69" t="s">
         <v>192</v>
       </c>
       <c r="E69" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="70" spans="1:26">
       <c r="A70" s="1">
-        <v>1072</v>
+        <v>1079</v>
       </c>
       <c r="B70">
         <v>2024</v>
       </c>
       <c r="C70" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="D70" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E70" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="71" spans="1:26">
       <c r="A71" s="1">
-        <v>1091</v>
+        <v>1080</v>
       </c>
       <c r="B71">
         <v>2024</v>
       </c>
       <c r="C71" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="D71" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E71" t="s">
-        <v>155</v>
+        <v>198</v>
       </c>
     </row>
     <row r="72" spans="1:26">
       <c r="A72" s="1">
-        <v>1092</v>
+        <v>1078</v>
       </c>
       <c r="B72">
         <v>2024</v>
       </c>
       <c r="C72" t="s">
-        <v>189</v>
+        <v>199</v>
       </c>
       <c r="D72" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="E72" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
     </row>
     <row r="73" spans="1:26">
       <c r="A73" s="1">
-        <v>1069</v>
+        <v>1076</v>
       </c>
       <c r="B73">
         <v>2024</v>
       </c>
       <c r="C73" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="D73" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="E73" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
     </row>
     <row r="74" spans="1:26">
       <c r="A74" s="1">
-        <v>1114</v>
+        <v>1077</v>
       </c>
       <c r="B74">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C74" t="s">
         <v>202</v>
       </c>
       <c r="D74" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="E74" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
     </row>
     <row r="75" spans="1:26">
       <c r="A75" s="1">
-        <v>1112</v>
+        <v>1075</v>
       </c>
       <c r="B75">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C75" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D75" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="E75" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
     </row>
     <row r="76" spans="1:26">
       <c r="A76" s="1">
-        <v>1115</v>
+        <v>1073</v>
       </c>
       <c r="B76">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C76" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="D76" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="E76" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" s="1">
-        <v>1111</v>
+        <v>1074</v>
       </c>
       <c r="B77">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C77" t="s">
         <v>210</v>
       </c>
       <c r="D77" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="E77" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
     </row>
     <row r="78" spans="1:26">
       <c r="A78" s="1">
-        <v>1048</v>
+        <v>1070</v>
       </c>
       <c r="B78">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="C78" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="D78" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="E78" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" s="1">
+        <v>1071</v>
+      </c>
+      <c r="B79">
+        <v>2024</v>
+      </c>
+      <c r="C79" t="s">
+        <v>215</v>
+      </c>
+      <c r="D79" t="s">
+        <v>218</v>
+      </c>
+      <c r="E79" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="80" spans="1:26">
+      <c r="A80" s="1">
+        <v>1072</v>
+      </c>
+      <c r="B80">
+        <v>2024</v>
+      </c>
+      <c r="C80" t="s">
+        <v>215</v>
+      </c>
+      <c r="D80" t="s">
+        <v>220</v>
+      </c>
+      <c r="E80" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="81" spans="1:26">
+      <c r="A81" s="1">
+        <v>1091</v>
+      </c>
+      <c r="B81">
+        <v>2024</v>
+      </c>
+      <c r="C81" t="s">
+        <v>215</v>
+      </c>
+      <c r="D81" t="s">
+        <v>222</v>
+      </c>
+      <c r="E81" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="82" spans="1:26">
+      <c r="A82" s="1">
+        <v>1092</v>
+      </c>
+      <c r="B82">
+        <v>2024</v>
+      </c>
+      <c r="C82" t="s">
+        <v>215</v>
+      </c>
+      <c r="D82" t="s">
+        <v>223</v>
+      </c>
+      <c r="E82" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="83" spans="1:26">
+      <c r="A83" s="1">
+        <v>1069</v>
+      </c>
+      <c r="B83">
+        <v>2024</v>
+      </c>
+      <c r="C83" t="s">
+        <v>225</v>
+      </c>
+      <c r="D83" t="s">
+        <v>226</v>
+      </c>
+      <c r="E83" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="84" spans="1:26">
+      <c r="A84" s="1">
+        <v>1114</v>
+      </c>
+      <c r="B84">
+        <v>2023</v>
+      </c>
+      <c r="C84" t="s">
+        <v>228</v>
+      </c>
+      <c r="D84" t="s">
+        <v>229</v>
+      </c>
+      <c r="E84" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="85" spans="1:26">
+      <c r="A85" s="1">
+        <v>1112</v>
+      </c>
+      <c r="B85">
+        <v>2023</v>
+      </c>
+      <c r="C85" t="s">
+        <v>231</v>
+      </c>
+      <c r="D85" t="s">
+        <v>232</v>
+      </c>
+      <c r="E85" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="86" spans="1:26">
+      <c r="A86" s="1">
+        <v>1115</v>
+      </c>
+      <c r="B86">
+        <v>2023</v>
+      </c>
+      <c r="C86" t="s">
+        <v>231</v>
+      </c>
+      <c r="D86" t="s">
+        <v>234</v>
+      </c>
+      <c r="E86" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="87" spans="1:26">
+      <c r="A87" s="1">
+        <v>1111</v>
+      </c>
+      <c r="B87">
+        <v>2023</v>
+      </c>
+      <c r="C87" t="s">
+        <v>236</v>
+      </c>
+      <c r="D87" t="s">
+        <v>237</v>
+      </c>
+      <c r="E87" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="88" spans="1:26">
+      <c r="A88" s="1">
+        <v>1048</v>
+      </c>
+      <c r="B88">
+        <v>2018</v>
+      </c>
+      <c r="C88" t="s">
+        <v>239</v>
+      </c>
+      <c r="D88" t="s">
+        <v>240</v>
+      </c>
+      <c r="E88" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="89" spans="1:26">
+      <c r="A89" s="1">
         <v>1047</v>
       </c>
-      <c r="B79">
+      <c r="B89">
         <v>2017</v>
       </c>
-      <c r="C79" t="s">
-[...6 lines deleted...]
-        <v>218</v>
+      <c r="C89" t="s">
+        <v>242</v>
+      </c>
+      <c r="D89" t="s">
+        <v>243</v>
+      </c>
+      <c r="E89" t="s">
+        <v>244</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">