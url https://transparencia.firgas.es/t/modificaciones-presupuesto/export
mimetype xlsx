--- v1 (2025-12-10)
+++ v2 (2026-02-04)
@@ -12,65 +12,101 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="245">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="257">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>ejercicio</t>
   </si>
   <si>
     <t>fecha</t>
   </si>
   <si>
     <t>denominacion</t>
   </si>
   <si>
     <t>documento</t>
+  </si>
+  <si>
+    <t>02-02-2026</t>
+  </si>
+  <si>
+    <t>Modificación de crédito nº1/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.firgas.es/storage/uploads/177004071020260130_Resoluci%C3%B3n_DECRETO%202026-0089%20%5BResoluci%C3%B3n%20PR_2026_112%20-%20Generaci%C3%B3n%20de%20cr%C3%A9dito%5D-1.pdf , </t>
+  </si>
+  <si>
+    <t>28-12-2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Modificación de crédito nº 62/2025	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.firgas.es/storage/uploads/176778266920251229_Resoluci%C3%B3n_DECRETO%202025-1373%20%5BResoluci%C3%B3n%20PR_2025_1929%20-%20Generaci%C3%B3n%20de%20cr%C3%A9dito%5D.pdf , </t>
+  </si>
+  <si>
+    <t>26-12-2025</t>
+  </si>
+  <si>
+    <t>Modificación de crédito nº 61/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.firgas.es/storage/uploads/176778267020251226_Resoluci%C3%B3n_DECRETO%202025-1352%20%5BResoluci%C3%B3n%20PR_2025_1898%20-%20Generaci%C3%B3n%20de%20cr%C3%A9dito%5D.pdf , </t>
+  </si>
+  <si>
+    <t>15-12-2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Modificación de crédito nº 58/2025	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.firgas.es/storage/uploads/176588378320251210_Resoluci%C3%B3n_Propuesta%20de%20resoluci%C3%B3n_Propuesta%20de%20Resoluci%C3%B3n%20PR_2025_1813%20-%20Decretos%20Alcalde%20con%20propuesta.pdf , </t>
   </si>
   <si>
     <t>09-12-2025</t>
   </si>
   <si>
     <t>Modificación de crédito nº 55/2025</t>
   </si>
   <si>
     <t xml:space="preserve">https://transparencia.firgas.es/storage/uploads/176527031120251204_Resoluci%C3%B3n_Propuesta%20de%20resoluci%C3%B3n_Propuesta%20de%20Resoluci%C3%B3n%20PR_2025_1769%20-%20Decretos%20Alcalde%20con%20propuesta%20(1).pdf , </t>
   </si>
   <si>
     <t>Modificación de crédito nº 56/2025</t>
   </si>
   <si>
     <t xml:space="preserve">https://transparencia.firgas.es/storage/uploads/176527031220251204_Resoluci%C3%B3n_DECRETO%202025-1242%20%5BResoluci%C3%B3n%20PR_2025_1768%20-%20Generaci%C3%B3n%20de%20cr%C3%A9dito%5D.pdf , </t>
   </si>
   <si>
     <t>24-11-2025</t>
   </si>
   <si>
     <t>Modificación de Crédito nº 51/2025</t>
   </si>
   <si>
     <t xml:space="preserve">https://transparencia.firgas.es/storage/uploads/176423332920251125_Acta_Acta%20pleno_C.1.%20CERTIFICADO%20ACUERDO%203472.2025%20Modificaci%C3%B3n%20presupuestaria%2051.2025.%20Suplemento%20de%20Cr%C3%A9dito.pdf , </t>
   </si>
@@ -1127,51 +1163,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z89"/>
+  <dimension ref="A1:Z93"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="97" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="293" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
@@ -1182,1542 +1218,1610 @@
       </c>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
-        <v>1826</v>
+        <v>1840</v>
       </c>
       <c r="B2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C2" t="s">
         <v>5</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
       <c r="E2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
-        <v>1827</v>
+        <v>1835</v>
       </c>
       <c r="B3">
         <v>2025</v>
       </c>
       <c r="C3" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
-        <v>1820</v>
+        <v>1834</v>
       </c>
       <c r="B4">
         <v>2025</v>
       </c>
       <c r="C4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="B5">
         <v>2025</v>
       </c>
       <c r="C5" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="1">
-        <v>1821</v>
+        <v>1826</v>
       </c>
       <c r="B6">
         <v>2025</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="1">
-        <v>1823</v>
+        <v>1827</v>
       </c>
       <c r="B7">
         <v>2025</v>
       </c>
       <c r="C7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="1">
-        <v>1822</v>
+        <v>1820</v>
       </c>
       <c r="B8">
         <v>2025</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="1">
-        <v>1818</v>
+        <v>1824</v>
       </c>
       <c r="B9">
         <v>2025</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="1">
-        <v>1763</v>
+        <v>1821</v>
       </c>
       <c r="B10">
         <v>2025</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="1">
-        <v>1764</v>
+        <v>1823</v>
       </c>
       <c r="B11">
         <v>2025</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="1">
-        <v>1761</v>
+        <v>1822</v>
       </c>
       <c r="B12">
         <v>2025</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="1">
-        <v>1759</v>
+        <v>1818</v>
       </c>
       <c r="B13">
         <v>2025</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="1">
-        <v>1757</v>
+        <v>1763</v>
       </c>
       <c r="B14">
         <v>2025</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="1">
-        <v>1756</v>
+        <v>1764</v>
       </c>
       <c r="B15">
         <v>2025</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
         <v>41</v>
       </c>
       <c r="E15" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="1">
-        <v>1739</v>
+        <v>1761</v>
       </c>
       <c r="B16">
         <v>2025</v>
       </c>
       <c r="C16" t="s">
         <v>43</v>
       </c>
       <c r="D16" t="s">
         <v>44</v>
       </c>
       <c r="E16" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="1">
-        <v>1737</v>
+        <v>1759</v>
       </c>
       <c r="B17">
         <v>2025</v>
       </c>
       <c r="C17" t="s">
         <v>46</v>
       </c>
       <c r="D17" t="s">
         <v>47</v>
       </c>
       <c r="E17" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="1">
-        <v>1732</v>
+        <v>1757</v>
       </c>
       <c r="B18">
         <v>2025</v>
       </c>
       <c r="C18" t="s">
         <v>49</v>
       </c>
       <c r="D18" t="s">
         <v>50</v>
       </c>
       <c r="E18" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="1">
-        <v>1733</v>
+        <v>1756</v>
       </c>
       <c r="B19">
         <v>2025</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D19" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E19" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="1">
-        <v>1734</v>
+        <v>1739</v>
       </c>
       <c r="B20">
         <v>2025</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="D20" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="E20" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="1">
-        <v>1735</v>
+        <v>1737</v>
       </c>
       <c r="B21">
         <v>2025</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="D21" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="E21" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="1">
-        <v>1736</v>
+        <v>1732</v>
       </c>
       <c r="B22">
         <v>2025</v>
       </c>
       <c r="C22" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="D22" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E22" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="1">
-        <v>1233</v>
+        <v>1733</v>
       </c>
       <c r="B23">
         <v>2025</v>
       </c>
       <c r="C23" t="s">
         <v>61</v>
       </c>
       <c r="D23" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="E23" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="1">
-        <v>1225</v>
+        <v>1734</v>
       </c>
       <c r="B24">
         <v>2025</v>
       </c>
       <c r="C24" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="D24" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E24" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="1">
-        <v>1220</v>
+        <v>1735</v>
       </c>
       <c r="B25">
         <v>2025</v>
       </c>
       <c r="C25" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="D25" t="s">
         <v>68</v>
       </c>
       <c r="E25" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="1">
-        <v>1219</v>
+        <v>1736</v>
       </c>
       <c r="B26">
         <v>2025</v>
       </c>
       <c r="C26" t="s">
         <v>70</v>
       </c>
       <c r="D26" t="s">
         <v>71</v>
       </c>
       <c r="E26" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="1">
-        <v>1216</v>
+        <v>1233</v>
       </c>
       <c r="B27">
         <v>2025</v>
       </c>
       <c r="C27" t="s">
         <v>73</v>
       </c>
       <c r="D27" t="s">
         <v>74</v>
       </c>
       <c r="E27" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="1">
-        <v>1218</v>
+        <v>1225</v>
       </c>
       <c r="B28">
         <v>2025</v>
       </c>
       <c r="C28" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="D28" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E28" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="1">
-        <v>1217</v>
+        <v>1220</v>
       </c>
       <c r="B29">
         <v>2025</v>
       </c>
       <c r="C29" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D29" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E29" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="1">
-        <v>1211</v>
+        <v>1219</v>
       </c>
       <c r="B30">
         <v>2025</v>
       </c>
       <c r="C30" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D30" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E30" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="1">
-        <v>1212</v>
+        <v>1216</v>
       </c>
       <c r="B31">
         <v>2025</v>
       </c>
       <c r="C31" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D31" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E31" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="1">
-        <v>1210</v>
+        <v>1218</v>
       </c>
       <c r="B32">
         <v>2025</v>
       </c>
       <c r="C32" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="D32" t="s">
         <v>88</v>
       </c>
       <c r="E32" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="1">
-        <v>1205</v>
+        <v>1217</v>
       </c>
       <c r="B33">
         <v>2025</v>
       </c>
       <c r="C33" t="s">
         <v>90</v>
       </c>
       <c r="D33" t="s">
         <v>91</v>
       </c>
       <c r="E33" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="1">
-        <v>1224</v>
+        <v>1211</v>
       </c>
       <c r="B34">
         <v>2025</v>
       </c>
       <c r="C34" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="D34" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E34" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="1">
-        <v>1207</v>
+        <v>1212</v>
       </c>
       <c r="B35">
         <v>2025</v>
       </c>
       <c r="C35" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D35" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E35" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="1">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="B36">
         <v>2025</v>
       </c>
       <c r="C36" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D36" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E36" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="1">
-        <v>1208</v>
+        <v>1205</v>
       </c>
       <c r="B37">
         <v>2025</v>
       </c>
       <c r="C37" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D37" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E37" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="1">
-        <v>1167</v>
+        <v>1224</v>
       </c>
       <c r="B38">
         <v>2025</v>
       </c>
       <c r="C38" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D38" t="s">
         <v>105</v>
       </c>
       <c r="E38" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="1">
-        <v>1151</v>
+        <v>1207</v>
       </c>
       <c r="B39">
         <v>2025</v>
       </c>
       <c r="C39" t="s">
         <v>107</v>
       </c>
       <c r="D39" t="s">
         <v>108</v>
       </c>
       <c r="E39" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="1">
-        <v>1147</v>
+        <v>1209</v>
       </c>
       <c r="B40">
         <v>2025</v>
       </c>
       <c r="C40" t="s">
         <v>110</v>
       </c>
       <c r="D40" t="s">
         <v>111</v>
       </c>
       <c r="E40" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="1">
-        <v>1146</v>
+        <v>1208</v>
       </c>
       <c r="B41">
         <v>2025</v>
       </c>
       <c r="C41" t="s">
         <v>113</v>
       </c>
       <c r="D41" t="s">
         <v>114</v>
       </c>
       <c r="E41" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="1">
-        <v>1145</v>
+        <v>1167</v>
       </c>
       <c r="B42">
         <v>2025</v>
       </c>
       <c r="C42" t="s">
         <v>116</v>
       </c>
       <c r="D42" t="s">
         <v>117</v>
       </c>
       <c r="E42" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="1">
-        <v>1136</v>
+        <v>1151</v>
       </c>
       <c r="B43">
         <v>2025</v>
       </c>
       <c r="C43" t="s">
         <v>119</v>
       </c>
       <c r="D43" t="s">
         <v>120</v>
       </c>
       <c r="E43" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="1">
-        <v>1137</v>
+        <v>1147</v>
       </c>
       <c r="B44">
         <v>2025</v>
       </c>
       <c r="C44" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D44" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E44" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="1">
-        <v>1135</v>
+        <v>1146</v>
       </c>
       <c r="B45">
         <v>2025</v>
       </c>
       <c r="C45" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D45" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E45" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="1">
-        <v>1138</v>
+        <v>1145</v>
       </c>
       <c r="B46">
         <v>2025</v>
       </c>
       <c r="C46" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="D46" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="E46" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="1">
-        <v>1149</v>
+        <v>1136</v>
       </c>
       <c r="B47">
         <v>2025</v>
       </c>
       <c r="C47" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D47" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="E47" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="1">
-        <v>1148</v>
+        <v>1137</v>
       </c>
       <c r="B48">
         <v>2025</v>
       </c>
       <c r="C48" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="D48" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E48" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="1">
-        <v>1165</v>
+        <v>1135</v>
       </c>
       <c r="B49">
         <v>2025</v>
       </c>
       <c r="C49" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D49" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E49" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" s="1">
-        <v>1166</v>
+        <v>1138</v>
       </c>
       <c r="B50">
         <v>2025</v>
       </c>
       <c r="C50" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D50" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E50" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" s="1">
-        <v>1125</v>
+        <v>1149</v>
       </c>
       <c r="B51">
         <v>2025</v>
       </c>
       <c r="C51" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D51" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E51" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" s="1">
-        <v>1126</v>
+        <v>1148</v>
       </c>
       <c r="B52">
         <v>2025</v>
       </c>
       <c r="C52" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="D52" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="E52" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" s="1">
-        <v>1124</v>
+        <v>1165</v>
       </c>
       <c r="B53">
         <v>2025</v>
       </c>
       <c r="C53" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D53" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="E53" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" s="1">
-        <v>1144</v>
+        <v>1166</v>
       </c>
       <c r="B54">
         <v>2025</v>
       </c>
       <c r="C54" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="D54" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E54" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" s="1">
-        <v>1120</v>
+        <v>1125</v>
       </c>
       <c r="B55">
         <v>2025</v>
       </c>
       <c r="C55" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D55" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E55" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" s="1">
-        <v>1168</v>
+        <v>1126</v>
       </c>
       <c r="B56">
         <v>2025</v>
       </c>
       <c r="C56" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="D56" t="s">
         <v>155</v>
       </c>
       <c r="E56" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" s="1">
-        <v>1116</v>
+        <v>1124</v>
       </c>
       <c r="B57">
         <v>2025</v>
       </c>
       <c r="C57" t="s">
         <v>157</v>
       </c>
       <c r="D57" t="s">
         <v>158</v>
       </c>
       <c r="E57" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" s="1">
-        <v>1050</v>
+        <v>1144</v>
       </c>
       <c r="B58">
         <v>2025</v>
       </c>
       <c r="C58" t="s">
         <v>160</v>
       </c>
       <c r="D58" t="s">
         <v>161</v>
       </c>
       <c r="E58" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" s="1">
-        <v>1089</v>
+        <v>1120</v>
       </c>
       <c r="B59">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C59" t="s">
         <v>163</v>
       </c>
       <c r="D59" t="s">
         <v>164</v>
       </c>
       <c r="E59" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" s="1">
-        <v>1110</v>
+        <v>1168</v>
       </c>
       <c r="B60">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C60" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="D60" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E60" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" s="1">
-        <v>1088</v>
+        <v>1116</v>
       </c>
       <c r="B61">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C61" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D61" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E61" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" s="1">
-        <v>1087</v>
+        <v>1050</v>
       </c>
       <c r="B62">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C62" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D62" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E62" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="1">
-        <v>1086</v>
+        <v>1089</v>
       </c>
       <c r="B63">
         <v>2024</v>
       </c>
       <c r="C63" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D63" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E63" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="1">
-        <v>1085</v>
+        <v>1110</v>
       </c>
       <c r="B64">
         <v>2024</v>
       </c>
       <c r="C64" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="D64" t="s">
         <v>178</v>
       </c>
       <c r="E64" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="65" spans="1:26">
       <c r="A65" s="1">
-        <v>1090</v>
+        <v>1088</v>
       </c>
       <c r="B65">
         <v>2024</v>
       </c>
       <c r="C65" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="D65" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E65" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" s="1">
-        <v>1084</v>
+        <v>1087</v>
       </c>
       <c r="B66">
         <v>2024</v>
       </c>
       <c r="C66" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D66" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E66" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" s="1">
-        <v>1083</v>
+        <v>1086</v>
       </c>
       <c r="B67">
         <v>2024</v>
       </c>
       <c r="C67" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D67" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E67" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" s="1">
-        <v>1082</v>
+        <v>1085</v>
       </c>
       <c r="B68">
         <v>2024</v>
       </c>
       <c r="C68" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D68" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E68" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" s="1">
-        <v>1081</v>
+        <v>1090</v>
       </c>
       <c r="B69">
         <v>2024</v>
       </c>
       <c r="C69" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="D69" t="s">
         <v>192</v>
       </c>
       <c r="E69" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="70" spans="1:26">
       <c r="A70" s="1">
-        <v>1079</v>
+        <v>1084</v>
       </c>
       <c r="B70">
         <v>2024</v>
       </c>
       <c r="C70" t="s">
         <v>194</v>
       </c>
       <c r="D70" t="s">
         <v>195</v>
       </c>
       <c r="E70" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="71" spans="1:26">
       <c r="A71" s="1">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="B71">
         <v>2024</v>
       </c>
       <c r="C71" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="D71" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E71" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="72" spans="1:26">
       <c r="A72" s="1">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B72">
         <v>2024</v>
       </c>
       <c r="C72" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D72" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="E72" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="73" spans="1:26">
       <c r="A73" s="1">
-        <v>1076</v>
+        <v>1081</v>
       </c>
       <c r="B73">
         <v>2024</v>
       </c>
       <c r="C73" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D73" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="E73" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="74" spans="1:26">
       <c r="A74" s="1">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="B74">
         <v>2024</v>
       </c>
       <c r="C74" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="D74" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="E74" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
     </row>
     <row r="75" spans="1:26">
       <c r="A75" s="1">
-        <v>1075</v>
+        <v>1080</v>
       </c>
       <c r="B75">
         <v>2024</v>
       </c>
       <c r="C75" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="D75" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E75" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="76" spans="1:26">
       <c r="A76" s="1">
-        <v>1073</v>
+        <v>1078</v>
       </c>
       <c r="B76">
         <v>2024</v>
       </c>
       <c r="C76" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D76" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="E76" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" s="1">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="B77">
         <v>2024</v>
       </c>
       <c r="C77" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="D77" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="E77" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
     </row>
     <row r="78" spans="1:26">
       <c r="A78" s="1">
-        <v>1070</v>
+        <v>1077</v>
       </c>
       <c r="B78">
         <v>2024</v>
       </c>
       <c r="C78" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="D78" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="E78" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" s="1">
-        <v>1071</v>
+        <v>1075</v>
       </c>
       <c r="B79">
         <v>2024</v>
       </c>
       <c r="C79" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="D79" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="E79" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" s="1">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="B80">
         <v>2024</v>
       </c>
       <c r="C80" t="s">
-        <v>215</v>
+        <v>222</v>
       </c>
       <c r="D80" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="E80" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
     </row>
     <row r="81" spans="1:26">
       <c r="A81" s="1">
-        <v>1091</v>
+        <v>1074</v>
       </c>
       <c r="B81">
         <v>2024</v>
       </c>
       <c r="C81" t="s">
-        <v>215</v>
+        <v>222</v>
       </c>
       <c r="D81" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="E81" t="s">
-        <v>181</v>
+        <v>226</v>
       </c>
     </row>
     <row r="82" spans="1:26">
       <c r="A82" s="1">
-        <v>1092</v>
+        <v>1070</v>
       </c>
       <c r="B82">
         <v>2024</v>
       </c>
       <c r="C82" t="s">
-        <v>215</v>
+        <v>227</v>
       </c>
       <c r="D82" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="E82" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
     </row>
     <row r="83" spans="1:26">
       <c r="A83" s="1">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="B83">
         <v>2024</v>
       </c>
       <c r="C83" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="D83" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E83" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
     </row>
     <row r="84" spans="1:26">
       <c r="A84" s="1">
-        <v>1114</v>
+        <v>1072</v>
       </c>
       <c r="B84">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C84" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="D84" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="E84" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
     </row>
     <row r="85" spans="1:26">
       <c r="A85" s="1">
-        <v>1112</v>
+        <v>1091</v>
       </c>
       <c r="B85">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C85" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="D85" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="E85" t="s">
-        <v>233</v>
+        <v>193</v>
       </c>
     </row>
     <row r="86" spans="1:26">
       <c r="A86" s="1">
-        <v>1115</v>
+        <v>1092</v>
       </c>
       <c r="B86">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C86" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="D86" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E86" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="1">
-        <v>1111</v>
+        <v>1069</v>
       </c>
       <c r="B87">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C87" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D87" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E87" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="1">
-        <v>1048</v>
+        <v>1114</v>
       </c>
       <c r="B88">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="C88" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D88" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="E88" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="89" spans="1:26">
       <c r="A89" s="1">
+        <v>1112</v>
+      </c>
+      <c r="B89">
+        <v>2023</v>
+      </c>
+      <c r="C89" t="s">
+        <v>243</v>
+      </c>
+      <c r="D89" t="s">
+        <v>244</v>
+      </c>
+      <c r="E89" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="90" spans="1:26">
+      <c r="A90" s="1">
+        <v>1115</v>
+      </c>
+      <c r="B90">
+        <v>2023</v>
+      </c>
+      <c r="C90" t="s">
+        <v>243</v>
+      </c>
+      <c r="D90" t="s">
+        <v>246</v>
+      </c>
+      <c r="E90" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="91" spans="1:26">
+      <c r="A91" s="1">
+        <v>1111</v>
+      </c>
+      <c r="B91">
+        <v>2023</v>
+      </c>
+      <c r="C91" t="s">
+        <v>248</v>
+      </c>
+      <c r="D91" t="s">
+        <v>249</v>
+      </c>
+      <c r="E91" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="92" spans="1:26">
+      <c r="A92" s="1">
+        <v>1048</v>
+      </c>
+      <c r="B92">
+        <v>2018</v>
+      </c>
+      <c r="C92" t="s">
+        <v>251</v>
+      </c>
+      <c r="D92" t="s">
+        <v>252</v>
+      </c>
+      <c r="E92" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="93" spans="1:26">
+      <c r="A93" s="1">
         <v>1047</v>
       </c>
-      <c r="B89">
+      <c r="B93">
         <v>2017</v>
       </c>
-      <c r="C89" t="s">
-[...6 lines deleted...]
-        <v>244</v>
+      <c r="C93" t="s">
+        <v>254</v>
+      </c>
+      <c r="D93" t="s">
+        <v>255</v>
+      </c>
+      <c r="E93" t="s">
+        <v>256</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">