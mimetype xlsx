--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -12,74 +12,182 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="257">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="293">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>ejercicio</t>
   </si>
   <si>
     <t>fecha</t>
   </si>
   <si>
     <t>denominacion</t>
   </si>
   <si>
     <t>documento</t>
   </si>
   <si>
+    <t>11-03-2026</t>
+  </si>
+  <si>
+    <t>Modificación de crédito nº11/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.firgas.es/storage/uploads/177321693320260310_Resoluci%C3%B3n_DECRETO%202026-0251%20%5BResoluci%C3%B3n%20PR_2026_315%20-%20Generaci%C3%B3n%20de%20cr%C3%A9dito%5D.pdf , </t>
+  </si>
+  <si>
+    <t>10-03-2026</t>
+  </si>
+  <si>
+    <t>Modificación de crédito nº10/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.firgas.es/storage/uploads/177321693420260310_Resoluci%C3%B3n_DECRETO%202026-0252%20%5BResoluci%C3%B3n%20PR_2026_310%20-%20Generaci%C3%B3n%20de%20cr%C3%A9dito%5D.pdf , </t>
+  </si>
+  <si>
+    <t>04-03-2026</t>
+  </si>
+  <si>
+    <t>Modificación de crédito nº4/2026, en la modalidad de incorporación de remanente (bis)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.firgas.es/storage/uploads/177321693320260304_DECRETO%202026-0213%20%5BResoluci%C3%B3n%20PR_2026_261%20-%20Decretos%20Alcalde%20con%20propuesta%5D.pdf , </t>
+  </si>
+  <si>
+    <t>02-03-2026</t>
+  </si>
+  <si>
+    <t>Modificación de crédito nº8/2026, en la modalidad de incorporación de remanente</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.firgas.es/storage/uploads/177269561120260304_DECRETO%202026-0212%20%5BResoluci%C3%B3n%20PR_2026_263%20-%20Decretos%20Alcalde%20con%20propuesta%5D.pdf , </t>
+  </si>
+  <si>
+    <t>25-02-2026</t>
+  </si>
+  <si>
+    <t>Modificación de crédito nº4/2026, en la modalidad de incorporación de remanente</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.firgas.es/storage/uploads/177253940620260302_DECRETO%202026-0207%20%5BResoluci%C3%B3n%20PR_2026_235%20-%20Decretos%20Alcalde%20con%20propuesta%5D.pdf , </t>
+  </si>
+  <si>
+    <t>23-02-2026</t>
+  </si>
+  <si>
+    <t>Modificación de crédito nº9/2026, en la modalidad de incorporación de remanente</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.firgas.es/storage/uploads/177210387420260223_Resoluci%C3%B3n_DECRETO%202026-0174%20%5BResoluci%C3%B3n%20PR_2026_225%20-%20Decretos%20Alcalde%20con%20propuesta%5D.pdf , </t>
+  </si>
+  <si>
+    <t>Modificación de crédito nº9/2026 (bis) , en la modalidad de incorporación de remanente</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.firgas.es/storage/uploads/177313261720260223_DECRETO%202026-0174%20%5BResoluci%C3%B3n%20PR_2026_225%20-%20Decretos%20Alcalde%20con%20propuesta%5D.pdf , </t>
+  </si>
+  <si>
+    <t>Modificación de crédito nº8/2026 (bis) , en la modalidad de incorporación de remanente</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.firgas.es/storage/uploads/177313261620260223_DECRETO%202026-0175%20%5BResoluci%C3%B3n%20PR_2026_224%20-%20Decretos%20Alcalde%20con%20propuesta%5D.pdf , </t>
+  </si>
+  <si>
+    <t>20-02-2026</t>
+  </si>
+  <si>
+    <t>Modificación de crédito nº7/2026, en la modalidad de generación de crédito</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.firgas.es/storage/uploads/177210387420260220_Resoluci%C3%B3n_DECRETO%202026-0165%20%5BResoluci%C3%B3n%20PR_2026_213%20-%20Generaci%C3%B3n%20de%20cr%C3%A9dito%5D.pdf , </t>
+  </si>
+  <si>
+    <t>19-02-2026</t>
+  </si>
+  <si>
+    <t>Modificación de crédito nº6/2026, en la modalidad de generación de crédito</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.firgas.es/storage/uploads/177150449520260218_Resoluci%C3%B3n_DECRETO%202026-0162%20%5BResoluci%C3%B3n%20PR_2026_200%20-%20Generaci%C3%B3n%20de%20cr%C3%A9dito%5D.pdf , </t>
+  </si>
+  <si>
+    <t>12-02-2026</t>
+  </si>
+  <si>
+    <t>Modificación de crédito nº3/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.firgas.es/storage/uploads/177123616020260213_Resoluci%C3%B3n_DECRETO%202026-0141%20%5BResoluci%C3%B3n%20PR_2026_185%20-%20Decretos%20Alcalde%20con%20propuesta%5D.pdf , </t>
+  </si>
+  <si>
+    <t>Modificación de crédito nº5/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.firgas.es/storage/uploads/177123613120260213_Resoluci%C3%B3n_DECRETO%202026-0142%20%5BResoluci%C3%B3n%20PR_2026_175%20-%20Generaci%C3%B3n%20de%20cr%C3%A9dito%5D.pdf , </t>
+  </si>
+  <si>
+    <t>04-02-2026</t>
+  </si>
+  <si>
+    <t>Modificación de crédito nº2/2026, en la modalidad de generación de crédito</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.firgas.es/storage/uploads/1770364290Resoluci%C3%B3n%20generaci%C3%B3n%20de%20cr%C3%A9dito.pdf , https://transparencia.firgas.es/storage/uploads/17708042341770364290Resoluci%C3%B3n%20generaci%C3%B3n%20de%20cr%C3%A9dito.odt , </t>
+  </si>
+  <si>
     <t>02-02-2026</t>
   </si>
   <si>
-    <t>Modificación de crédito nº1/2026</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">https://transparencia.firgas.es/storage/uploads/177004071020260130_Resoluci%C3%B3n_DECRETO%202026-0089%20%5BResoluci%C3%B3n%20PR_2026_112%20-%20Generaci%C3%B3n%20de%20cr%C3%A9dito%5D-1.pdf , </t>
+    <t>Modificación de crédito nº1/2026, en la modalidad de generación de crédito</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.firgas.es/storage/uploads/177004071020260130_Resoluci%C3%B3n_DECRETO%202026-0089%20%5BResoluci%C3%B3n%20PR_2026_112%20-%20Generaci%C3%B3n%20de%20cr%C3%A9dito%5D-1.pdf , https://transparencia.firgas.es/storage/uploads/1770804235177004071020260130_Resoluci%C3%B3n_DECRETO%202026-0089%20%5BResoluci%C3%B3n%20PR_2026_112%20-%20Generaci%C3%B3n%20de%20cr%C3%A9dito%5D-1.odt , </t>
   </si>
   <si>
     <t>28-12-2025</t>
   </si>
   <si>
     <t xml:space="preserve">Modificación de crédito nº 62/2025	</t>
   </si>
   <si>
     <t xml:space="preserve">https://transparencia.firgas.es/storage/uploads/176778266920251229_Resoluci%C3%B3n_DECRETO%202025-1373%20%5BResoluci%C3%B3n%20PR_2025_1929%20-%20Generaci%C3%B3n%20de%20cr%C3%A9dito%5D.pdf , </t>
   </si>
   <si>
     <t>26-12-2025</t>
   </si>
   <si>
     <t>Modificación de crédito nº 61/2025</t>
   </si>
   <si>
     <t xml:space="preserve">https://transparencia.firgas.es/storage/uploads/176778267020251226_Resoluci%C3%B3n_DECRETO%202025-1352%20%5BResoluci%C3%B3n%20PR_2025_1898%20-%20Generaci%C3%B3n%20de%20cr%C3%A9dito%5D.pdf , </t>
   </si>
   <si>
     <t>15-12-2025</t>
   </si>
   <si>
     <t xml:space="preserve">Modificación de crédito nº 58/2025	</t>
   </si>
@@ -1163,1665 +1271,1886 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z93"/>
+  <dimension ref="A1:Z106"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="97" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="293" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="102" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="463" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
-        <v>1840</v>
+        <v>1869</v>
       </c>
       <c r="B2">
         <v>2026</v>
       </c>
       <c r="C2" t="s">
         <v>5</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
       <c r="E2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
-        <v>1835</v>
+        <v>1872</v>
       </c>
       <c r="B3">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
-        <v>1834</v>
+        <v>1867</v>
       </c>
       <c r="B4">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
-        <v>1828</v>
+        <v>1861</v>
       </c>
       <c r="B5">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="1">
-        <v>1826</v>
+        <v>1858</v>
       </c>
       <c r="B6">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="1">
-        <v>1827</v>
+        <v>1857</v>
       </c>
       <c r="B7">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="1">
-        <v>1820</v>
+        <v>1862</v>
       </c>
       <c r="B8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="1">
-        <v>1824</v>
+        <v>1863</v>
       </c>
       <c r="B9">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>25</v>
       </c>
       <c r="E9" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="1">
-        <v>1821</v>
+        <v>1855</v>
       </c>
       <c r="B10">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10" t="s">
         <v>28</v>
       </c>
       <c r="E10" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="1">
-        <v>1823</v>
+        <v>1854</v>
       </c>
       <c r="B11">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="1">
-        <v>1822</v>
+        <v>1843</v>
       </c>
       <c r="B12">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="1">
-        <v>1818</v>
+        <v>1844</v>
       </c>
       <c r="B13">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
         <v>36</v>
       </c>
       <c r="E13" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="1">
-        <v>1763</v>
+        <v>1841</v>
       </c>
       <c r="B14">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C14" t="s">
         <v>38</v>
       </c>
       <c r="D14" t="s">
         <v>39</v>
       </c>
       <c r="E14" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="1">
-        <v>1764</v>
+        <v>1840</v>
       </c>
       <c r="B15">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="1">
-        <v>1761</v>
+        <v>1835</v>
       </c>
       <c r="B16">
         <v>2025</v>
       </c>
       <c r="C16" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D16" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="1">
-        <v>1759</v>
+        <v>1834</v>
       </c>
       <c r="B17">
         <v>2025</v>
       </c>
       <c r="C17" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D17" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="1">
-        <v>1757</v>
+        <v>1828</v>
       </c>
       <c r="B18">
         <v>2025</v>
       </c>
       <c r="C18" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D18" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E18" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="1">
-        <v>1756</v>
+        <v>1826</v>
       </c>
       <c r="B19">
         <v>2025</v>
       </c>
       <c r="C19" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D19" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E19" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="1">
-        <v>1739</v>
+        <v>1827</v>
       </c>
       <c r="B20">
         <v>2025</v>
       </c>
       <c r="C20" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D20" t="s">
         <v>56</v>
       </c>
       <c r="E20" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="1">
-        <v>1737</v>
+        <v>1820</v>
       </c>
       <c r="B21">
         <v>2025</v>
       </c>
       <c r="C21" t="s">
         <v>58</v>
       </c>
       <c r="D21" t="s">
         <v>59</v>
       </c>
       <c r="E21" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="1">
-        <v>1732</v>
+        <v>1824</v>
       </c>
       <c r="B22">
         <v>2025</v>
       </c>
       <c r="C22" t="s">
+        <v>58</v>
+      </c>
+      <c r="D22" t="s">
         <v>61</v>
       </c>
-      <c r="D22" t="s">
+      <c r="E22" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="1">
-        <v>1733</v>
+        <v>1821</v>
       </c>
       <c r="B23">
         <v>2025</v>
       </c>
       <c r="C23" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="D23" t="s">
         <v>64</v>
       </c>
       <c r="E23" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="1">
-        <v>1734</v>
+        <v>1823</v>
       </c>
       <c r="B24">
         <v>2025</v>
       </c>
       <c r="C24" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="D24" t="s">
         <v>66</v>
       </c>
       <c r="E24" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="1">
-        <v>1735</v>
+        <v>1822</v>
       </c>
       <c r="B25">
         <v>2025</v>
       </c>
       <c r="C25" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="D25" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E25" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="1">
-        <v>1736</v>
+        <v>1818</v>
       </c>
       <c r="B26">
         <v>2025</v>
       </c>
       <c r="C26" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D26" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E26" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="1">
-        <v>1233</v>
+        <v>1763</v>
       </c>
       <c r="B27">
         <v>2025</v>
       </c>
       <c r="C27" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D27" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E27" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="1">
-        <v>1225</v>
+        <v>1764</v>
       </c>
       <c r="B28">
         <v>2025</v>
       </c>
       <c r="C28" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="D28" t="s">
         <v>77</v>
       </c>
       <c r="E28" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="1">
-        <v>1220</v>
+        <v>1761</v>
       </c>
       <c r="B29">
         <v>2025</v>
       </c>
       <c r="C29" t="s">
         <v>79</v>
       </c>
       <c r="D29" t="s">
         <v>80</v>
       </c>
       <c r="E29" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="1">
-        <v>1219</v>
+        <v>1759</v>
       </c>
       <c r="B30">
         <v>2025</v>
       </c>
       <c r="C30" t="s">
         <v>82</v>
       </c>
       <c r="D30" t="s">
         <v>83</v>
       </c>
       <c r="E30" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="1">
-        <v>1216</v>
+        <v>1757</v>
       </c>
       <c r="B31">
         <v>2025</v>
       </c>
       <c r="C31" t="s">
         <v>85</v>
       </c>
       <c r="D31" t="s">
         <v>86</v>
       </c>
       <c r="E31" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="1">
-        <v>1218</v>
+        <v>1756</v>
       </c>
       <c r="B32">
         <v>2025</v>
       </c>
       <c r="C32" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D32" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E32" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="1">
-        <v>1217</v>
+        <v>1739</v>
       </c>
       <c r="B33">
         <v>2025</v>
       </c>
       <c r="C33" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D33" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E33" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="1">
-        <v>1211</v>
+        <v>1737</v>
       </c>
       <c r="B34">
         <v>2025</v>
       </c>
       <c r="C34" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D34" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E34" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="1">
-        <v>1212</v>
+        <v>1732</v>
       </c>
       <c r="B35">
         <v>2025</v>
       </c>
       <c r="C35" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D35" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E35" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="1">
-        <v>1210</v>
+        <v>1733</v>
       </c>
       <c r="B36">
         <v>2025</v>
       </c>
       <c r="C36" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="D36" t="s">
         <v>100</v>
       </c>
       <c r="E36" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="1">
-        <v>1205</v>
+        <v>1734</v>
       </c>
       <c r="B37">
         <v>2025</v>
       </c>
       <c r="C37" t="s">
+        <v>97</v>
+      </c>
+      <c r="D37" t="s">
         <v>102</v>
       </c>
-      <c r="D37" t="s">
+      <c r="E37" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="1">
-        <v>1224</v>
+        <v>1735</v>
       </c>
       <c r="B38">
         <v>2025</v>
       </c>
       <c r="C38" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="D38" t="s">
+        <v>104</v>
+      </c>
+      <c r="E38" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="1">
-        <v>1207</v>
+        <v>1736</v>
       </c>
       <c r="B39">
         <v>2025</v>
       </c>
       <c r="C39" t="s">
+        <v>106</v>
+      </c>
+      <c r="D39" t="s">
         <v>107</v>
       </c>
-      <c r="D39" t="s">
+      <c r="E39" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="1">
-        <v>1209</v>
+        <v>1233</v>
       </c>
       <c r="B40">
         <v>2025</v>
       </c>
       <c r="C40" t="s">
+        <v>109</v>
+      </c>
+      <c r="D40" t="s">
         <v>110</v>
       </c>
-      <c r="D40" t="s">
+      <c r="E40" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="1">
-        <v>1208</v>
+        <v>1225</v>
       </c>
       <c r="B41">
         <v>2025</v>
       </c>
       <c r="C41" t="s">
+        <v>112</v>
+      </c>
+      <c r="D41" t="s">
         <v>113</v>
       </c>
-      <c r="D41" t="s">
+      <c r="E41" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="1">
-        <v>1167</v>
+        <v>1220</v>
       </c>
       <c r="B42">
         <v>2025</v>
       </c>
       <c r="C42" t="s">
+        <v>115</v>
+      </c>
+      <c r="D42" t="s">
         <v>116</v>
       </c>
-      <c r="D42" t="s">
+      <c r="E42" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="1">
-        <v>1151</v>
+        <v>1219</v>
       </c>
       <c r="B43">
         <v>2025</v>
       </c>
       <c r="C43" t="s">
+        <v>118</v>
+      </c>
+      <c r="D43" t="s">
         <v>119</v>
       </c>
-      <c r="D43" t="s">
+      <c r="E43" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="1">
-        <v>1147</v>
+        <v>1216</v>
       </c>
       <c r="B44">
         <v>2025</v>
       </c>
       <c r="C44" t="s">
+        <v>121</v>
+      </c>
+      <c r="D44" t="s">
         <v>122</v>
       </c>
-      <c r="D44" t="s">
+      <c r="E44" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="1">
-        <v>1146</v>
+        <v>1218</v>
       </c>
       <c r="B45">
         <v>2025</v>
       </c>
       <c r="C45" t="s">
+        <v>121</v>
+      </c>
+      <c r="D45" t="s">
+        <v>124</v>
+      </c>
+      <c r="E45" t="s">
         <v>125</v>
-      </c>
-[...4 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="1">
-        <v>1145</v>
+        <v>1217</v>
       </c>
       <c r="B46">
         <v>2025</v>
       </c>
       <c r="C46" t="s">
+        <v>126</v>
+      </c>
+      <c r="D46" t="s">
+        <v>127</v>
+      </c>
+      <c r="E46" t="s">
         <v>128</v>
-      </c>
-[...4 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="1">
-        <v>1136</v>
+        <v>1211</v>
       </c>
       <c r="B47">
         <v>2025</v>
       </c>
       <c r="C47" t="s">
+        <v>129</v>
+      </c>
+      <c r="D47" t="s">
+        <v>130</v>
+      </c>
+      <c r="E47" t="s">
         <v>131</v>
-      </c>
-[...4 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="1">
-        <v>1137</v>
+        <v>1212</v>
       </c>
       <c r="B48">
         <v>2025</v>
       </c>
       <c r="C48" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D48" t="s">
+        <v>133</v>
+      </c>
+      <c r="E48" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="1">
-        <v>1135</v>
+        <v>1210</v>
       </c>
       <c r="B49">
         <v>2025</v>
       </c>
       <c r="C49" t="s">
+        <v>135</v>
+      </c>
+      <c r="D49" t="s">
         <v>136</v>
       </c>
-      <c r="D49" t="s">
+      <c r="E49" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" s="1">
-        <v>1138</v>
+        <v>1205</v>
       </c>
       <c r="B50">
         <v>2025</v>
       </c>
       <c r="C50" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D50" t="s">
         <v>139</v>
       </c>
       <c r="E50" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" s="1">
-        <v>1149</v>
+        <v>1224</v>
       </c>
       <c r="B51">
         <v>2025</v>
       </c>
       <c r="C51" t="s">
+        <v>138</v>
+      </c>
+      <c r="D51" t="s">
         <v>141</v>
       </c>
-      <c r="D51" t="s">
+      <c r="E51" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" s="1">
-        <v>1148</v>
+        <v>1207</v>
       </c>
       <c r="B52">
         <v>2025</v>
       </c>
       <c r="C52" t="s">
+        <v>143</v>
+      </c>
+      <c r="D52" t="s">
         <v>144</v>
       </c>
-      <c r="D52" t="s">
+      <c r="E52" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" s="1">
-        <v>1165</v>
+        <v>1209</v>
       </c>
       <c r="B53">
         <v>2025</v>
       </c>
       <c r="C53" t="s">
+        <v>146</v>
+      </c>
+      <c r="D53" t="s">
         <v>147</v>
       </c>
-      <c r="D53" t="s">
+      <c r="E53" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" s="1">
-        <v>1166</v>
+        <v>1208</v>
       </c>
       <c r="B54">
         <v>2025</v>
       </c>
       <c r="C54" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D54" t="s">
         <v>150</v>
       </c>
       <c r="E54" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" s="1">
-        <v>1125</v>
+        <v>1167</v>
       </c>
       <c r="B55">
         <v>2025</v>
       </c>
       <c r="C55" t="s">
         <v>152</v>
       </c>
       <c r="D55" t="s">
         <v>153</v>
       </c>
       <c r="E55" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" s="1">
-        <v>1126</v>
+        <v>1151</v>
       </c>
       <c r="B56">
         <v>2025</v>
       </c>
       <c r="C56" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="D56" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E56" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" s="1">
-        <v>1124</v>
+        <v>1147</v>
       </c>
       <c r="B57">
         <v>2025</v>
       </c>
       <c r="C57" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D57" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E57" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" s="1">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="B58">
         <v>2025</v>
       </c>
       <c r="C58" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D58" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E58" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" s="1">
-        <v>1120</v>
+        <v>1145</v>
       </c>
       <c r="B59">
         <v>2025</v>
       </c>
       <c r="C59" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D59" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E59" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" s="1">
-        <v>1168</v>
+        <v>1136</v>
       </c>
       <c r="B60">
         <v>2025</v>
       </c>
       <c r="C60" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D60" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E60" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" s="1">
-        <v>1116</v>
+        <v>1137</v>
       </c>
       <c r="B61">
         <v>2025</v>
       </c>
       <c r="C61" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="D61" t="s">
         <v>170</v>
       </c>
       <c r="E61" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" s="1">
-        <v>1050</v>
+        <v>1135</v>
       </c>
       <c r="B62">
         <v>2025</v>
       </c>
       <c r="C62" t="s">
         <v>172</v>
       </c>
       <c r="D62" t="s">
         <v>173</v>
       </c>
       <c r="E62" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="1">
-        <v>1089</v>
+        <v>1138</v>
       </c>
       <c r="B63">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C63" t="s">
+        <v>172</v>
+      </c>
+      <c r="D63" t="s">
         <v>175</v>
       </c>
-      <c r="D63" t="s">
+      <c r="E63" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="1">
-        <v>1110</v>
+        <v>1149</v>
       </c>
       <c r="B64">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C64" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="D64" t="s">
         <v>178</v>
       </c>
       <c r="E64" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="65" spans="1:26">
       <c r="A65" s="1">
-        <v>1088</v>
+        <v>1148</v>
       </c>
       <c r="B65">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C65" t="s">
         <v>180</v>
       </c>
       <c r="D65" t="s">
         <v>181</v>
       </c>
       <c r="E65" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" s="1">
-        <v>1087</v>
+        <v>1165</v>
       </c>
       <c r="B66">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C66" t="s">
         <v>183</v>
       </c>
       <c r="D66" t="s">
         <v>184</v>
       </c>
       <c r="E66" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" s="1">
-        <v>1086</v>
+        <v>1166</v>
       </c>
       <c r="B67">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C67" t="s">
+        <v>183</v>
+      </c>
+      <c r="D67" t="s">
         <v>186</v>
       </c>
-      <c r="D67" t="s">
+      <c r="E67" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" s="1">
-        <v>1085</v>
+        <v>1125</v>
       </c>
       <c r="B68">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C68" t="s">
+        <v>188</v>
+      </c>
+      <c r="D68" t="s">
         <v>189</v>
       </c>
-      <c r="D68" t="s">
+      <c r="E68" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" s="1">
-        <v>1090</v>
+        <v>1126</v>
       </c>
       <c r="B69">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C69" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="D69" t="s">
+        <v>191</v>
+      </c>
+      <c r="E69" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="70" spans="1:26">
       <c r="A70" s="1">
-        <v>1084</v>
+        <v>1124</v>
       </c>
       <c r="B70">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C70" t="s">
+        <v>193</v>
+      </c>
+      <c r="D70" t="s">
         <v>194</v>
       </c>
-      <c r="D70" t="s">
+      <c r="E70" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="71" spans="1:26">
       <c r="A71" s="1">
-        <v>1083</v>
+        <v>1144</v>
       </c>
       <c r="B71">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C71" t="s">
+        <v>196</v>
+      </c>
+      <c r="D71" t="s">
         <v>197</v>
       </c>
-      <c r="D71" t="s">
+      <c r="E71" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="72" spans="1:26">
       <c r="A72" s="1">
-        <v>1082</v>
+        <v>1120</v>
       </c>
       <c r="B72">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C72" t="s">
+        <v>199</v>
+      </c>
+      <c r="D72" t="s">
         <v>200</v>
       </c>
-      <c r="D72" t="s">
+      <c r="E72" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="73" spans="1:26">
       <c r="A73" s="1">
-        <v>1081</v>
+        <v>1168</v>
       </c>
       <c r="B73">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C73" t="s">
+        <v>202</v>
+      </c>
+      <c r="D73" t="s">
         <v>203</v>
       </c>
-      <c r="D73" t="s">
+      <c r="E73" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="74" spans="1:26">
       <c r="A74" s="1">
-        <v>1079</v>
+        <v>1116</v>
       </c>
       <c r="B74">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C74" t="s">
+        <v>205</v>
+      </c>
+      <c r="D74" t="s">
         <v>206</v>
       </c>
-      <c r="D74" t="s">
+      <c r="E74" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="75" spans="1:26">
       <c r="A75" s="1">
-        <v>1080</v>
+        <v>1050</v>
       </c>
       <c r="B75">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C75" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="D75" t="s">
         <v>209</v>
       </c>
       <c r="E75" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="76" spans="1:26">
       <c r="A76" s="1">
-        <v>1078</v>
+        <v>1089</v>
       </c>
       <c r="B76">
         <v>2024</v>
       </c>
       <c r="C76" t="s">
         <v>211</v>
       </c>
       <c r="D76" t="s">
         <v>212</v>
       </c>
       <c r="E76" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" s="1">
-        <v>1076</v>
+        <v>1110</v>
       </c>
       <c r="B77">
         <v>2024</v>
       </c>
       <c r="C77" t="s">
+        <v>211</v>
+      </c>
+      <c r="D77" t="s">
         <v>214</v>
       </c>
-      <c r="D77" t="s">
+      <c r="E77" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="78" spans="1:26">
       <c r="A78" s="1">
-        <v>1077</v>
+        <v>1088</v>
       </c>
       <c r="B78">
         <v>2024</v>
       </c>
       <c r="C78" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="D78" t="s">
         <v>217</v>
       </c>
       <c r="E78" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" s="1">
-        <v>1075</v>
+        <v>1087</v>
       </c>
       <c r="B79">
         <v>2024</v>
       </c>
       <c r="C79" t="s">
         <v>219</v>
       </c>
       <c r="D79" t="s">
         <v>220</v>
       </c>
       <c r="E79" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" s="1">
-        <v>1073</v>
+        <v>1086</v>
       </c>
       <c r="B80">
         <v>2024</v>
       </c>
       <c r="C80" t="s">
         <v>222</v>
       </c>
       <c r="D80" t="s">
         <v>223</v>
       </c>
       <c r="E80" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="81" spans="1:26">
       <c r="A81" s="1">
-        <v>1074</v>
+        <v>1085</v>
       </c>
       <c r="B81">
         <v>2024</v>
       </c>
       <c r="C81" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="D81" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E81" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="82" spans="1:26">
       <c r="A82" s="1">
-        <v>1070</v>
+        <v>1090</v>
       </c>
       <c r="B82">
         <v>2024</v>
       </c>
       <c r="C82" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="D82" t="s">
         <v>228</v>
       </c>
       <c r="E82" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="83" spans="1:26">
       <c r="A83" s="1">
-        <v>1071</v>
+        <v>1084</v>
       </c>
       <c r="B83">
         <v>2024</v>
       </c>
       <c r="C83" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="D83" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E83" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="84" spans="1:26">
       <c r="A84" s="1">
-        <v>1072</v>
+        <v>1083</v>
       </c>
       <c r="B84">
         <v>2024</v>
       </c>
       <c r="C84" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="D84" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="E84" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
     </row>
     <row r="85" spans="1:26">
       <c r="A85" s="1">
-        <v>1091</v>
+        <v>1082</v>
       </c>
       <c r="B85">
         <v>2024</v>
       </c>
       <c r="C85" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
       <c r="D85" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="E85" t="s">
-        <v>193</v>
+        <v>238</v>
       </c>
     </row>
     <row r="86" spans="1:26">
       <c r="A86" s="1">
-        <v>1092</v>
+        <v>1081</v>
       </c>
       <c r="B86">
         <v>2024</v>
       </c>
       <c r="C86" t="s">
-        <v>227</v>
+        <v>239</v>
       </c>
       <c r="D86" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="E86" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="1">
-        <v>1069</v>
+        <v>1079</v>
       </c>
       <c r="B87">
         <v>2024</v>
       </c>
       <c r="C87" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="D87" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="E87" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="1">
-        <v>1114</v>
+        <v>1080</v>
       </c>
       <c r="B88">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C88" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="D88" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="E88" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
     </row>
     <row r="89" spans="1:26">
       <c r="A89" s="1">
-        <v>1112</v>
+        <v>1078</v>
       </c>
       <c r="B89">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C89" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="D89" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="E89" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
     </row>
     <row r="90" spans="1:26">
       <c r="A90" s="1">
-        <v>1115</v>
+        <v>1076</v>
       </c>
       <c r="B90">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C90" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="D90" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="E90" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
     </row>
     <row r="91" spans="1:26">
       <c r="A91" s="1">
-        <v>1111</v>
+        <v>1077</v>
       </c>
       <c r="B91">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C91" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="D91" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="E91" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
     </row>
     <row r="92" spans="1:26">
       <c r="A92" s="1">
-        <v>1048</v>
+        <v>1075</v>
       </c>
       <c r="B92">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="C92" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="D92" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E92" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
     </row>
     <row r="93" spans="1:26">
       <c r="A93" s="1">
+        <v>1073</v>
+      </c>
+      <c r="B93">
+        <v>2024</v>
+      </c>
+      <c r="C93" t="s">
+        <v>258</v>
+      </c>
+      <c r="D93" t="s">
+        <v>259</v>
+      </c>
+      <c r="E93" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="94" spans="1:26">
+      <c r="A94" s="1">
+        <v>1074</v>
+      </c>
+      <c r="B94">
+        <v>2024</v>
+      </c>
+      <c r="C94" t="s">
+        <v>258</v>
+      </c>
+      <c r="D94" t="s">
+        <v>261</v>
+      </c>
+      <c r="E94" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="95" spans="1:26">
+      <c r="A95" s="1">
+        <v>1070</v>
+      </c>
+      <c r="B95">
+        <v>2024</v>
+      </c>
+      <c r="C95" t="s">
+        <v>263</v>
+      </c>
+      <c r="D95" t="s">
+        <v>264</v>
+      </c>
+      <c r="E95" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="96" spans="1:26">
+      <c r="A96" s="1">
+        <v>1071</v>
+      </c>
+      <c r="B96">
+        <v>2024</v>
+      </c>
+      <c r="C96" t="s">
+        <v>263</v>
+      </c>
+      <c r="D96" t="s">
+        <v>266</v>
+      </c>
+      <c r="E96" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="97" spans="1:26">
+      <c r="A97" s="1">
+        <v>1072</v>
+      </c>
+      <c r="B97">
+        <v>2024</v>
+      </c>
+      <c r="C97" t="s">
+        <v>263</v>
+      </c>
+      <c r="D97" t="s">
+        <v>268</v>
+      </c>
+      <c r="E97" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="98" spans="1:26">
+      <c r="A98" s="1">
+        <v>1091</v>
+      </c>
+      <c r="B98">
+        <v>2024</v>
+      </c>
+      <c r="C98" t="s">
+        <v>263</v>
+      </c>
+      <c r="D98" t="s">
+        <v>270</v>
+      </c>
+      <c r="E98" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="99" spans="1:26">
+      <c r="A99" s="1">
+        <v>1092</v>
+      </c>
+      <c r="B99">
+        <v>2024</v>
+      </c>
+      <c r="C99" t="s">
+        <v>263</v>
+      </c>
+      <c r="D99" t="s">
+        <v>271</v>
+      </c>
+      <c r="E99" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="100" spans="1:26">
+      <c r="A100" s="1">
+        <v>1069</v>
+      </c>
+      <c r="B100">
+        <v>2024</v>
+      </c>
+      <c r="C100" t="s">
+        <v>273</v>
+      </c>
+      <c r="D100" t="s">
+        <v>274</v>
+      </c>
+      <c r="E100" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="101" spans="1:26">
+      <c r="A101" s="1">
+        <v>1114</v>
+      </c>
+      <c r="B101">
+        <v>2023</v>
+      </c>
+      <c r="C101" t="s">
+        <v>276</v>
+      </c>
+      <c r="D101" t="s">
+        <v>277</v>
+      </c>
+      <c r="E101" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="102" spans="1:26">
+      <c r="A102" s="1">
+        <v>1112</v>
+      </c>
+      <c r="B102">
+        <v>2023</v>
+      </c>
+      <c r="C102" t="s">
+        <v>279</v>
+      </c>
+      <c r="D102" t="s">
+        <v>280</v>
+      </c>
+      <c r="E102" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="103" spans="1:26">
+      <c r="A103" s="1">
+        <v>1115</v>
+      </c>
+      <c r="B103">
+        <v>2023</v>
+      </c>
+      <c r="C103" t="s">
+        <v>279</v>
+      </c>
+      <c r="D103" t="s">
+        <v>282</v>
+      </c>
+      <c r="E103" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="104" spans="1:26">
+      <c r="A104" s="1">
+        <v>1111</v>
+      </c>
+      <c r="B104">
+        <v>2023</v>
+      </c>
+      <c r="C104" t="s">
+        <v>284</v>
+      </c>
+      <c r="D104" t="s">
+        <v>285</v>
+      </c>
+      <c r="E104" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="105" spans="1:26">
+      <c r="A105" s="1">
+        <v>1048</v>
+      </c>
+      <c r="B105">
+        <v>2018</v>
+      </c>
+      <c r="C105" t="s">
+        <v>287</v>
+      </c>
+      <c r="D105" t="s">
+        <v>288</v>
+      </c>
+      <c r="E105" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="106" spans="1:26">
+      <c r="A106" s="1">
         <v>1047</v>
       </c>
-      <c r="B93">
+      <c r="B106">
         <v>2017</v>
       </c>
-      <c r="C93" t="s">
-[...6 lines deleted...]
-        <v>256</v>
+      <c r="C106" t="s">
+        <v>290</v>
+      </c>
+      <c r="D106" t="s">
+        <v>291</v>
+      </c>
+      <c r="E106" t="s">
+        <v>292</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">