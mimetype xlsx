--- v0 (2025-10-18)
+++ v1 (2026-02-04)
@@ -12,98 +12,153 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>fecha</t>
   </si>
   <si>
     <t>denominacion</t>
   </si>
   <si>
     <t>objetivos</t>
   </si>
   <si>
     <t>actividades_previstas</t>
   </si>
   <si>
     <t>medios_necesarios</t>
   </si>
   <si>
     <t>estimacion_temporal</t>
   </si>
   <si>
     <t>responsable</t>
   </si>
   <si>
     <t>indicadores_evaluacion</t>
   </si>
   <si>
     <t>grado_cumplimiento</t>
   </si>
   <si>
     <t>documento_pdf_id</t>
   </si>
   <si>
     <t>documento_open_id</t>
   </si>
   <si>
     <t>26-11-2028</t>
   </si>
   <si>
     <t>Plan de Acción por el Clima y la Energía Sostenible</t>
   </si>
   <si>
+    <t>Reducir las emisiones de CO₂ al menos un 40 % para 2030 respecto al año base 2012; mejorar la eficiencia energética; fomentar el uso de energías renovables; mitigar y adaptarse al cambio climático; concienciar a la ciudadanía y mejorar la sostenibilidad municipal.</t>
+  </si>
+  <si>
+    <t>Inventario de Emisiones de Referencia; evaluación de riesgos y vulnerabilidades climáticas; ejecución de acciones de mitigación y adaptación en edificios municipales, residenciales y terciarios, transporte y movilidad, gestión energética y planificación urbana; campañas de concienciación; participación ciudadana; seguimiento y evaluación del plan.</t>
+  </si>
+  <si>
+    <t>Recursos técnicos y humanos municipales; coordinación con Cabildo de Gran Canaria y entidades colaboradoras; financiación pública; sistemas de seguimiento energético y de emisiones; participación ciudadana y apoyo institucional del Pacto de los Alcaldes.</t>
+  </si>
+  <si>
+    <t>2019–2030, con planificación a corto, medio y largo plazo.</t>
+  </si>
+  <si>
+    <t>Ayuntamiento de la Villa de Firgas</t>
+  </si>
+  <si>
+    <t>Reducción de emisiones de CO₂ equivalente; ahorro energético; grado de ejecución de las acciones; indicadores de seguimiento específicos por acción; evaluación periódica del PACES.</t>
+  </si>
+  <si>
+    <t>No evaluado en el documento inicial (se determina mediante el sistema de seguimiento del PACES).</t>
+  </si>
+  <si>
     <t>https://transparencia.firgas.es/storage/uploads/1741259631plan.pdf</t>
   </si>
   <si>
     <t>https://transparencia.firgas.es/storage/uploads/1741259646plan.odt</t>
+  </si>
+  <si>
+    <t>31-12-2022</t>
+  </si>
+  <si>
+    <t>Plan de Emergencias Municipal de Firgas</t>
+  </si>
+  <si>
+    <t>Planificar y organizar la respuesta municipal ante situaciones de grave riesgo, catástrofe o calamidad pública; coordinar recursos humanos y materiales; proteger a las personas, los bienes y el medio ambiente; garantizar una actuación eficaz y coordinada.</t>
+  </si>
+  <si>
+    <t>Ayuntamiento de la Villa de Firgas (Dirección del Plan: Alcaldía-Presidencia; Dirección Técnica según estructura del PEMU).</t>
+  </si>
+  <si>
+    <t>Grado de implantación del Plan; eficacia en la coordinación de recursos; tiempos de respuesta; realización de simulacros y acciones formativas; revisión y actualización periódica del PEMU.
+ </t>
+  </si>
+  <si>
+    <t>DECRETOS DE ACTIVACIÓN
+Denominación
+Documento
+Decreto de activación noviembre 2025
+PDF
+DOC
+Decreto de desactivación noviembre 2025
+PDF
+DOC
+Decreto de activación diciembre 2025
+PDF
+DOC
+ </t>
+  </si>
+  <si>
+    <t>https://transparencia.firgas.es/storage/uploads/1769514004220823-PEMU-FIRGAS-2_compressed_compressed-1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -438,69 +493,69 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z2"/>
+  <dimension ref="A1:Z3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="61" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="11" bestFit="true" customWidth="true" style="0"/>
-[...6 lines deleted...]
-    <col min="11" max="11" width="78" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="312" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="412" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="300" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="69" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="146" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="222" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="114" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="126" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="78" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
@@ -522,55 +577,102 @@
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
         <v>256</v>
       </c>
       <c r="B2" t="s">
         <v>12</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
+      <c r="D2" t="s">
+        <v>14</v>
+      </c>
+      <c r="E2" t="s">
+        <v>15</v>
+      </c>
+      <c r="F2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I2" t="s">
+        <v>19</v>
+      </c>
+      <c r="J2" t="s">
+        <v>20</v>
+      </c>
       <c r="K2" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="L2" t="s">
-        <v>15</v>
+        <v>22</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26">
+      <c r="A3" s="1">
+        <v>341</v>
+      </c>
+      <c r="B3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" t="s">
+        <v>26</v>
+      </c>
+      <c r="I3" t="s">
+        <v>27</v>
+      </c>
+      <c r="J3" t="s">
+        <v>28</v>
+      </c>
+      <c r="K3" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">