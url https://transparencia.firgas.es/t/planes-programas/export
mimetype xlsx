--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -99,63 +99,65 @@
     <t>No evaluado en el documento inicial (se determina mediante el sistema de seguimiento del PACES).</t>
   </si>
   <si>
     <t>https://transparencia.firgas.es/storage/uploads/1741259631plan.pdf</t>
   </si>
   <si>
     <t>https://transparencia.firgas.es/storage/uploads/1741259646plan.odt</t>
   </si>
   <si>
     <t>31-12-2022</t>
   </si>
   <si>
     <t>Plan de Emergencias Municipal de Firgas</t>
   </si>
   <si>
     <t>Planificar y organizar la respuesta municipal ante situaciones de grave riesgo, catástrofe o calamidad pública; coordinar recursos humanos y materiales; proteger a las personas, los bienes y el medio ambiente; garantizar una actuación eficaz y coordinada.</t>
   </si>
   <si>
     <t>Ayuntamiento de la Villa de Firgas (Dirección del Plan: Alcaldía-Presidencia; Dirección Técnica según estructura del PEMU).</t>
   </si>
   <si>
     <t>Grado de implantación del Plan; eficacia en la coordinación de recursos; tiempos de respuesta; realización de simulacros y acciones formativas; revisión y actualización periódica del PEMU.
  </t>
   </si>
   <si>
-    <t>DECRETOS DE ACTIVACIÓN
+    <t xml:space="preserve">
 Denominación
 Documento
-Decreto de activación noviembre 2025
+Decreto activación noviembre 2025
 PDF
-DOC
-Decreto de desactivación noviembre 2025
+ODT
+Decreto finalización noviembre 2025
 PDF
-DOC
-[...3 lines deleted...]
- </t>
+ODT
+Decreto activación diciembre 2025
+ PDF 
+ ODT 
+Decreto activación marzo 2025
+ PDF 
+</t>
   </si>
   <si>
     <t>https://transparencia.firgas.es/storage/uploads/1769514004220823-PEMU-FIRGAS-2_compressed_compressed-1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>