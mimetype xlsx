--- v0 (2025-10-18)
+++ v1 (2025-12-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>ejercicio</t>
   </si>
   <si>
     <t>aprobacion_inicial</t>
   </si>
   <si>
     <t>aprobacion_definitiva</t>
   </si>
   <si>
     <t>alegaciones</t>
   </si>
   <si>
     <t>presupuesto_de_ingresos</t>
   </si>
   <si>
     <t>presupuesto_de_gastos</t>
   </si>
   <si>
     <t>memoria</t>
   </si>
   <si>
@@ -119,111 +119,159 @@
   <si>
     <t>cap_5_ingresos</t>
   </si>
   <si>
     <t>cap_6_ingresos</t>
   </si>
   <si>
     <t>cap_7_ingresos</t>
   </si>
   <si>
     <t>cap_8_ingresos</t>
   </si>
   <si>
     <t>cap_9_ingresos</t>
   </si>
   <si>
     <t>liquidacion</t>
   </si>
   <si>
     <t>anexos</t>
   </si>
   <si>
     <t>entidades_participadas</t>
   </si>
   <si>
+    <t>https://transparencia.firgas.es/storage/uploads/176104868720251021_Certificado_Certificado%20pleno_CERTIFICADO%202025-1671%20%5BA.2%20CERTIFICADO%202898.2025.%20CERTIFICADO%20PLENO%20PRESUPUESTO%20GENERAL%202026.%20APROBACION%20INICIAL%5D(3)%20(1).pdf</t>
+  </si>
+  <si>
+    <t>9.650.770,76</t>
+  </si>
+  <si>
+    <t>4.085.369,72</t>
+  </si>
+  <si>
+    <t>4.128.559,97</t>
+  </si>
+  <si>
+    <t>42.000,00</t>
+  </si>
+  <si>
+    <t>757.710,35</t>
+  </si>
+  <si>
+    <t>627.130,72</t>
+  </si>
+  <si>
+    <t>10.000,00</t>
+  </si>
+  <si>
+    <t>1.556.492,86</t>
+  </si>
+  <si>
+    <t>53.374,18</t>
+  </si>
+  <si>
+    <t>1.564.323,77</t>
+  </si>
+  <si>
+    <t>5.953.187,47</t>
+  </si>
+  <si>
+    <t>282.182,21</t>
+  </si>
+  <si>
+    <t>231.210,27</t>
+  </si>
+  <si>
+    <t>2025 (Prorrogado)</t>
+  </si>
+  <si>
+    <t>10.172.011,36</t>
+  </si>
+  <si>
+    <t>0,00</t>
+  </si>
+  <si>
+    <t>3.480.666,40</t>
+  </si>
+  <si>
+    <t>5.163.044,39</t>
+  </si>
+  <si>
+    <t>33.500,00</t>
+  </si>
+  <si>
+    <t>105.507,28</t>
+  </si>
+  <si>
+    <t>224.500,00</t>
+  </si>
+  <si>
+    <t>163.000,00</t>
+  </si>
+  <si>
+    <t>20.000,00</t>
+  </si>
+  <si>
+    <t>1.404.000,00</t>
+  </si>
+  <si>
+    <t>50.000,00</t>
+  </si>
+  <si>
+    <t>749.200,00</t>
+  </si>
+  <si>
+    <t>7.854.821,88</t>
+  </si>
+  <si>
+    <t>93.989,48</t>
+  </si>
+  <si>
     <t>https://transparencia.firgas.es/storage/uploads/1742388152Certificado%20de%20acuerdo%20Pleno.pdf</t>
   </si>
   <si>
     <t>https://transparencia.firgas.es/storage/uploads/174238326520.%20202406042024%20CERTIFICADO%202024-0307%20APROBACION%20DEFINITIVA%20PRESUPUES.pdf , https://transparencia.firgas.es/storage/uploads/1742387882Oficio%20aprobaci%C3%B3n%20definitivo.pdf , https://transparencia.firgas.es/storage/uploads/1742387969Anuncio%20publicaci%C3%B3n%20aprobaci%C3%B3n%20definitiva.pdf , https://transparencia.firgas.es/storage/uploads/1742388037CERTIFICADO%202024-0307%20APROBACION%20DEFINITIVA%20PRESUPUESTO%202024.pdf</t>
   </si>
   <si>
     <t>https://transparencia.firgas.es/storage/uploads/174245567217.%2020240516OtrosInforme%20propuesta%20intervencion2.pdf</t>
   </si>
   <si>
     <t>https://transparencia.firgas.es/storage/uploads/174238327722.%20202309294.1%20Estado%20de%20la%20Liquidacion%20del%20presupuesto%20de%20ingresos.pdf , https://transparencia.firgas.es/storage/uploads/174367889420250403_Certificado_Certificado%20de%20acuerdos_Certificado%20de%20acuerdo(2).pdf</t>
   </si>
   <si>
     <t>https://transparencia.firgas.es/storage/uploads/174238330532.%20202404084.3.%20Estado%20de%20liquidacion%20del%20presupuesto%20de%20gastos.pdf</t>
   </si>
   <si>
     <t>https://transparencia.firgas.es/storage/uploads/174238326821.%2020230917MEMORIA%20CUENTA%20GENERAL%2020224.pdf</t>
   </si>
   <si>
     <t>https://transparencia.firgas.es/storage/uploads/174245558818.%2020240520Otrosinforme%20RR.HH2.pdf</t>
   </si>
   <si>
     <t>https://transparencia.firgas.es/storage/uploads/174238331840.%20202402292024%20INFORMES%20DE%20INTERVENCION%202024-0077%20ESTABILIDAD1.pdf</t>
-  </si>
-[...37 lines deleted...]
-    <t>93.989,48</t>
   </si>
   <si>
     <t>https://transparencia.firgas.es/storage/uploads/1742387805Anexo%20de%20personal.pdf</t>
   </si>
   <si>
     <t>https://transparencia.firgas.es/storage/uploads/1738746027PROPUESTA%20DE%20LA%20CONCEJALA%20DE%20PERSONAL%20PRESUPUESTO%202023.pdf , https://transparencia.firgas.es/storage/uploads/173874602710.%20Bases%20de%20ejecuci%C3%B3n%20Firgas%20(1).pdf , https://transparencia.firgas.es/storage/uploads/1738746027CERTIFICACI%C3%93N%20PLENO%2024-03-2023.pdf , https://transparencia.firgas.es/storage/uploads/17387460275.%20Presupuesto%20de%20gastos,%20por%20programa%20desglosado.pdf , https://transparencia.firgas.es/storage/uploads/17387460276.%20Presupuesto%20de%20gastos,%20por%20clasificaci%C3%B3n%20programa%20desglosado%20por%20aplicaci%C3%B3n.pdf , https://transparencia.firgas.es/storage/uploads/17387460278.%20Presupuesto%20de%20gastos,%20por%20programa%20desglosado.pdf , https://transparencia.firgas.es/storage/uploads/173874602711.%20Resumen%20ingresos%20y%20gastos.pdf , https://transparencia.firgas.es/storage/uploads/173874602719.%20BOP%20n%C2%BA41%20del%205-4-2023%20aprobaci%C3%B3n%20inicial.pdf , https://transparencia.firgas.es/storage/uploads/173874602810.%20Prespuesto%20de%20gastos,%20por%20org%C3%A1nica%20desglosado.pdf , https://transparencia.firgas.es/storage/uploads/17387460283.%20Presupuesto%20de%20gastos,%20por%20cap%C3%ADtulo.pdf , https://transparencia.firgas.es/storage/uploads/17387460284.%20Presupuesto%20de%20gastos,%20resumen%20por%20programa.pdf , https://transparencia.firgas.es/storage/uploads/17387460287.%20Presupuesto%20de%20gastos,%20por%20econ%C3%B3mica.pdf , https://transparencia.firgas.es/storage/uploads/17387460281.%20Presupuesto%20de%20ingresos%20por%20cap%C3%ADtulos%20anteproyecto.pdf , https://transparencia.firgas.es/storage/uploads/17387460282.%20Presupuesto%20de%20ingresos%20por%20econ%C3%B3mica%20anteproyecto.pdf , https://transparencia.firgas.es/storage/uploads/17387460289.%20Presupuesto%20de%20gastos,%20por%20org%C3%A1nica.pdf , https://transparencia.firgas.es/storage/uploads/1738746028PLANTILLA%20ORGANICA%202023.pdf</t>
   </si>
   <si>
     <t>https://transparencia.firgas.es/storage/uploads/1742288244BOP%20n%C2%BA%2063%20de%2024-5-2023%20anuncio%20definitivo-24.pdf , https://transparencia.firgas.es/storage/uploads/1742288415CERTIFICACION%20PLENO%202023.pdf , https://transparencia.firgas.es/storage/uploads/174238326319.%20202305172023%20CERTIFICACION%20PLENO%20170520236.pdf</t>
   </si>
   <si>
     <t>https://transparencia.firgas.es/storage/uploads/174238326116.%2020230509Otrosinforme%20RR.HH%20alegaciones%20PRESUPUESTO%2020235.pdf</t>
   </si>
   <si>
     <t>https://transparencia.firgas.es/storage/uploads/174238332641.%20202402271.%20Ingresos%20resumen%20por%20clasificacion%20economica1%20(1).pdf</t>
   </si>
   <si>
     <t>8835482,47</t>
   </si>
   <si>
     <t>8382482,47</t>
   </si>
   <si>
     <t>3284292,21</t>
   </si>
@@ -639,60 +687,60 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI5"/>
+  <dimension ref="A1:AI7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:AF1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="2"/>
-    <col min="2" max="2" width="11" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="2329" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="594" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="156" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="344" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="524" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="130" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="115" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="163" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="17" bestFit="true" customWidth="true" style="0"/>
@@ -793,273 +841,397 @@
       </c>
       <c r="AC1" s="3" t="s">
         <v>28</v>
       </c>
       <c r="AD1" s="3" t="s">
         <v>29</v>
       </c>
       <c r="AE1" s="3" t="s">
         <v>30</v>
       </c>
       <c r="AF1" s="3" t="s">
         <v>31</v>
       </c>
       <c r="AG1" s="1" t="s">
         <v>32</v>
       </c>
       <c r="AH1" s="1" t="s">
         <v>33</v>
       </c>
       <c r="AI1" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="2" spans="1:35">
       <c r="A2" s="2">
-        <v>274</v>
+        <v>331</v>
       </c>
       <c r="B2">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="C2" t="s">
         <v>35</v>
       </c>
-      <c r="D2" t="s">
+      <c r="M2" t="s">
         <v>36</v>
       </c>
-      <c r="E2" t="s">
+      <c r="N2" t="s">
         <v>37</v>
       </c>
-      <c r="F2" t="s">
+      <c r="O2" t="s">
         <v>38</v>
       </c>
-      <c r="G2" t="s">
+      <c r="P2" t="s">
         <v>39</v>
       </c>
-      <c r="H2" t="s">
+      <c r="Q2" t="s">
         <v>40</v>
       </c>
-      <c r="I2" t="s">
+      <c r="S2" t="s">
         <v>41</v>
       </c>
-      <c r="J2" t="s">
+      <c r="U2" t="s">
         <v>42</v>
       </c>
-      <c r="M2" t="s">
+      <c r="W2" t="s">
+        <v>36</v>
+      </c>
+      <c r="X2" t="s">
         <v>43</v>
       </c>
-      <c r="O2" t="s">
+      <c r="Y2" t="s">
         <v>44</v>
       </c>
-      <c r="P2" t="s">
+      <c r="Z2" t="s">
         <v>45</v>
       </c>
-      <c r="Q2" t="s">
+      <c r="AA2" t="s">
         <v>46</v>
       </c>
-      <c r="R2" t="s">
+      <c r="AB2" t="s">
         <v>47</v>
       </c>
-      <c r="S2" t="s">
+      <c r="AD2" t="s">
         <v>48</v>
       </c>
-      <c r="T2" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="AE2" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>42</v>
       </c>
     </row>
     <row r="3" spans="1:35">
       <c r="A3" s="2">
-        <v>242</v>
-[...4 lines deleted...]
-      <c r="C3" t="s">
+        <v>330</v>
+      </c>
+      <c r="B3" t="s">
+        <v>49</v>
+      </c>
+      <c r="M3" t="s">
+        <v>50</v>
+      </c>
+      <c r="N3" t="s">
+        <v>51</v>
+      </c>
+      <c r="O3" t="s">
+        <v>52</v>
+      </c>
+      <c r="P3" t="s">
+        <v>53</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>54</v>
+      </c>
+      <c r="R3" t="s">
+        <v>55</v>
+      </c>
+      <c r="S3" t="s">
+        <v>56</v>
+      </c>
+      <c r="T3" t="s">
         <v>57</v>
       </c>
-      <c r="D3" t="s">
+      <c r="U3" t="s">
         <v>58</v>
       </c>
-      <c r="E3" t="s">
+      <c r="V3" t="s">
+        <v>51</v>
+      </c>
+      <c r="W3" t="s">
+        <v>50</v>
+      </c>
+      <c r="X3" t="s">
         <v>59</v>
       </c>
-      <c r="F3" t="s">
+      <c r="Y3" t="s">
         <v>60</v>
       </c>
-      <c r="M3" t="s">
+      <c r="Z3" t="s">
         <v>61</v>
       </c>
-      <c r="N3" t="s">
+      <c r="AA3" t="s">
         <v>62</v>
       </c>
-      <c r="O3" t="s">
+      <c r="AB3" t="s">
         <v>63</v>
       </c>
-      <c r="P3">
-[...27 lines deleted...]
-        <v>4000</v>
+      <c r="AC3" t="s">
+        <v>51</v>
+      </c>
+      <c r="AD3" t="s">
+        <v>51</v>
+      </c>
+      <c r="AE3" t="s">
+        <v>58</v>
+      </c>
+      <c r="AF3" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="4" spans="1:35">
       <c r="A4" s="2">
-        <v>243</v>
+        <v>274</v>
       </c>
       <c r="B4">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="C4" t="s">
+        <v>64</v>
+      </c>
+      <c r="D4" t="s">
+        <v>65</v>
+      </c>
+      <c r="E4" t="s">
+        <v>66</v>
+      </c>
+      <c r="F4" t="s">
         <v>67</v>
       </c>
-      <c r="F4" t="s">
+      <c r="G4" t="s">
         <v>68</v>
       </c>
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>69</v>
       </c>
+      <c r="I4" t="s">
+        <v>70</v>
+      </c>
+      <c r="J4" t="s">
+        <v>71</v>
+      </c>
       <c r="M4" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="O4" t="s">
+        <v>52</v>
+      </c>
+      <c r="P4" t="s">
+        <v>53</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>54</v>
+      </c>
+      <c r="R4" t="s">
+        <v>55</v>
+      </c>
+      <c r="S4" t="s">
+        <v>56</v>
+      </c>
+      <c r="T4" t="s">
+        <v>57</v>
+      </c>
+      <c r="U4" t="s">
+        <v>58</v>
+      </c>
+      <c r="W4" t="s">
+        <v>50</v>
+      </c>
+      <c r="X4" t="s">
+        <v>59</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>60</v>
+      </c>
+      <c r="Z4" t="s">
+        <v>61</v>
+      </c>
+      <c r="AA4" t="s">
+        <v>62</v>
+      </c>
+      <c r="AB4" t="s">
+        <v>63</v>
+      </c>
+      <c r="AE4" t="s">
+        <v>58</v>
+      </c>
+      <c r="AH4" t="s">
         <v>72</v>
-      </c>
-[...49 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:35">
       <c r="A5" s="2">
+        <v>242</v>
+      </c>
+      <c r="B5">
+        <v>2023</v>
+      </c>
+      <c r="C5" t="s">
+        <v>73</v>
+      </c>
+      <c r="D5" t="s">
+        <v>74</v>
+      </c>
+      <c r="E5" t="s">
+        <v>75</v>
+      </c>
+      <c r="F5" t="s">
+        <v>76</v>
+      </c>
+      <c r="M5" t="s">
+        <v>77</v>
+      </c>
+      <c r="N5" t="s">
+        <v>78</v>
+      </c>
+      <c r="O5" t="s">
+        <v>79</v>
+      </c>
+      <c r="P5">
+        <v>38000</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>80</v>
+      </c>
+      <c r="S5">
+        <v>340000</v>
+      </c>
+      <c r="T5">
+        <v>113000</v>
+      </c>
+      <c r="W5" t="s">
+        <v>78</v>
+      </c>
+      <c r="X5" t="s">
+        <v>77</v>
+      </c>
+      <c r="Y5">
+        <v>20000</v>
+      </c>
+      <c r="Z5" t="s">
+        <v>81</v>
+      </c>
+      <c r="AA5" t="s">
+        <v>82</v>
+      </c>
+      <c r="AB5">
+        <v>4000</v>
+      </c>
+    </row>
+    <row r="6" spans="1:35">
+      <c r="A6" s="2">
+        <v>243</v>
+      </c>
+      <c r="B6">
+        <v>2018</v>
+      </c>
+      <c r="C6" t="s">
+        <v>83</v>
+      </c>
+      <c r="F6" t="s">
+        <v>84</v>
+      </c>
+      <c r="G6" t="s">
+        <v>85</v>
+      </c>
+      <c r="M6" t="s">
+        <v>86</v>
+      </c>
+      <c r="N6" t="s">
+        <v>87</v>
+      </c>
+      <c r="O6" t="s">
+        <v>88</v>
+      </c>
+      <c r="P6" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>90</v>
+      </c>
+      <c r="R6">
+        <v>0</v>
+      </c>
+      <c r="S6">
+        <v>0</v>
+      </c>
+      <c r="T6">
+        <v>0</v>
+      </c>
+      <c r="U6">
+        <v>0</v>
+      </c>
+      <c r="V6" t="s">
+        <v>91</v>
+      </c>
+      <c r="W6" t="s">
+        <v>86</v>
+      </c>
+      <c r="X6" t="s">
+        <v>92</v>
+      </c>
+      <c r="Y6" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>94</v>
+      </c>
+      <c r="AA6" t="s">
+        <v>95</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC6">
+        <v>0</v>
+      </c>
+      <c r="AD6">
+        <v>0</v>
+      </c>
+      <c r="AE6">
+        <v>0</v>
+      </c>
+      <c r="AF6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:35">
+      <c r="A7" s="2">
         <v>241</v>
       </c>
-      <c r="B5">
+      <c r="B7">
         <v>2017</v>
       </c>
-      <c r="C5" t="s">
-        <v>81</v>
+      <c r="C7" t="s">
+        <v>97</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">