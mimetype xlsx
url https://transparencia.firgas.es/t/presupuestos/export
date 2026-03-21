--- v1 (2025-12-10)
+++ v2 (2026-03-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>ejercicio</t>
   </si>
   <si>
     <t>aprobacion_inicial</t>
   </si>
   <si>
     <t>aprobacion_definitiva</t>
   </si>
   <si>
     <t>alegaciones</t>
   </si>
   <si>
     <t>presupuesto_de_ingresos</t>
   </si>
   <si>
     <t>presupuesto_de_gastos</t>
   </si>
   <si>
     <t>memoria</t>
   </si>
   <si>
@@ -119,135 +119,150 @@
   <si>
     <t>cap_5_ingresos</t>
   </si>
   <si>
     <t>cap_6_ingresos</t>
   </si>
   <si>
     <t>cap_7_ingresos</t>
   </si>
   <si>
     <t>cap_8_ingresos</t>
   </si>
   <si>
     <t>cap_9_ingresos</t>
   </si>
   <si>
     <t>liquidacion</t>
   </si>
   <si>
     <t>anexos</t>
   </si>
   <si>
     <t>entidades_participadas</t>
   </si>
   <si>
-    <t>https://transparencia.firgas.es/storage/uploads/176104868720251021_Certificado_Certificado%20pleno_CERTIFICADO%202025-1671%20%5BA.2%20CERTIFICADO%202898.2025.%20CERTIFICADO%20PLENO%20PRESUPUESTO%20GENERAL%202026.%20APROBACION%20INICIAL%5D(3)%20(1).pdf</t>
-[...38 lines deleted...]
-    <t>231.210,27</t>
+    <t>https://transparencia.firgas.es/storage/uploads/176104868720251021_Certificado_Certificado%20pleno_CERTIFICADO%202025-1671%20%5BA.2%20CERTIFICADO%202898.2025.%20CERTIFICADO%20PLENO%20PRESUPUESTO%20GENERAL%202026.%20APROBACION%20INICIAL%5D(3)%20(1).pdf , https://transparencia.firgas.es/storage/uploads/1770804236CERTIFICADO%202898.2025.%20CERTIFICADO%20PLENO%20PRESUPUESTO%20GENERAL%202026.%20APROBACION%20INICIAL%5D(3)%20(1).odt</t>
+  </si>
+  <si>
+    <t>https://transparencia.firgas.es/storage/uploads/176778267020251226_Otros_Bop%20n%C2%BA154%20de%2024%20de%20diciembre%20de%202025%20(1).pdf</t>
+  </si>
+  <si>
+    <t>https://transparencia.firgas.es/storage/uploads/1769414777_CERTIFICADO%20ACUERDO%20PLENO%2012.12.25%20APROBACION%20DEFINITIVA%20PRESUPUESTO%20Y%20PLANTILLA%202026%20COMPLETO%5D_compressed.pdf</t>
+  </si>
+  <si>
+    <t>https://transparencia.firgas.es/storage/uploads/1771503588C.5%20informe%20EPSF.docx</t>
+  </si>
+  <si>
+    <t>9109060,41</t>
+  </si>
+  <si>
+    <t>3572859,37</t>
+  </si>
+  <si>
+    <t>4099359,97</t>
+  </si>
+  <si>
+    <t>42000,00</t>
+  </si>
+  <si>
+    <t>757710,35</t>
+  </si>
+  <si>
+    <t>627130,72</t>
+  </si>
+  <si>
+    <t>10000,00</t>
+  </si>
+  <si>
+    <t>1556492,86</t>
+  </si>
+  <si>
+    <t>53374,18</t>
+  </si>
+  <si>
+    <t>1564323,77</t>
+  </si>
+  <si>
+    <t>5411477,12</t>
+  </si>
+  <si>
+    <t>282182,21</t>
+  </si>
+  <si>
+    <t>231210,27</t>
   </si>
   <si>
     <t>2025 (Prorrogado)</t>
   </si>
   <si>
+    <t>https://transparencia.firgas.es/storage/uploads/176898308820241223_DECRETO%202024-1206%20%5BResoluci%C3%B3n%20PR_2024_1869%20-%20Decreto%20sin%20propuesta%5D.pdf</t>
+  </si>
+  <si>
     <t>10.172.011,36</t>
   </si>
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>3.480.666,40</t>
   </si>
   <si>
     <t>5.163.044,39</t>
   </si>
   <si>
     <t>33.500,00</t>
   </si>
   <si>
     <t>105.507,28</t>
   </si>
   <si>
     <t>224.500,00</t>
   </si>
   <si>
     <t>163.000,00</t>
   </si>
   <si>
     <t>20.000,00</t>
   </si>
   <si>
     <t>1.404.000,00</t>
   </si>
   <si>
     <t>50.000,00</t>
   </si>
   <si>
     <t>749.200,00</t>
   </si>
   <si>
     <t>7.854.821,88</t>
   </si>
   <si>
     <t>93.989,48</t>
+  </si>
+  <si>
+    <t>https://transparencia.firgas.es/storage/uploads/177321693420260310_DECRETO%202026-0242%20%5BResoluci%C3%B3n%20PR_2026_304%20-%20Decretos%20Alcalde%20con%20propuesta%5D.pdf</t>
   </si>
   <si>
     <t>https://transparencia.firgas.es/storage/uploads/1742388152Certificado%20de%20acuerdo%20Pleno.pdf</t>
   </si>
   <si>
     <t>https://transparencia.firgas.es/storage/uploads/174238326520.%20202406042024%20CERTIFICADO%202024-0307%20APROBACION%20DEFINITIVA%20PRESUPUES.pdf , https://transparencia.firgas.es/storage/uploads/1742387882Oficio%20aprobaci%C3%B3n%20definitivo.pdf , https://transparencia.firgas.es/storage/uploads/1742387969Anuncio%20publicaci%C3%B3n%20aprobaci%C3%B3n%20definitiva.pdf , https://transparencia.firgas.es/storage/uploads/1742388037CERTIFICADO%202024-0307%20APROBACION%20DEFINITIVA%20PRESUPUESTO%202024.pdf</t>
   </si>
   <si>
     <t>https://transparencia.firgas.es/storage/uploads/174245567217.%2020240516OtrosInforme%20propuesta%20intervencion2.pdf</t>
   </si>
   <si>
     <t>https://transparencia.firgas.es/storage/uploads/174238327722.%20202309294.1%20Estado%20de%20la%20Liquidacion%20del%20presupuesto%20de%20ingresos.pdf , https://transparencia.firgas.es/storage/uploads/174367889420250403_Certificado_Certificado%20de%20acuerdos_Certificado%20de%20acuerdo(2).pdf</t>
   </si>
   <si>
     <t>https://transparencia.firgas.es/storage/uploads/174238330532.%20202404084.3.%20Estado%20de%20liquidacion%20del%20presupuesto%20de%20gastos.pdf</t>
   </si>
   <si>
     <t>https://transparencia.firgas.es/storage/uploads/174238326821.%2020230917MEMORIA%20CUENTA%20GENERAL%2020224.pdf</t>
   </si>
   <si>
     <t>https://transparencia.firgas.es/storage/uploads/174245558818.%2020240520Otrosinforme%20RR.HH2.pdf</t>
   </si>
   <si>
     <t>https://transparencia.firgas.es/storage/uploads/174238331840.%20202402292024%20INFORMES%20DE%20INTERVENCION%202024-0077%20ESTABILIDAD1.pdf</t>
   </si>
@@ -699,79 +714,79 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AI7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:AF1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="2"/>
     <col min="2" max="2" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="2329" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="594" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="226" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="344" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="524" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="130" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="115" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="163" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="17" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="13" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="202" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="98" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>6</v>
@@ -841,397 +856,412 @@
       </c>
       <c r="AC1" s="3" t="s">
         <v>28</v>
       </c>
       <c r="AD1" s="3" t="s">
         <v>29</v>
       </c>
       <c r="AE1" s="3" t="s">
         <v>30</v>
       </c>
       <c r="AF1" s="3" t="s">
         <v>31</v>
       </c>
       <c r="AG1" s="1" t="s">
         <v>32</v>
       </c>
       <c r="AH1" s="1" t="s">
         <v>33</v>
       </c>
       <c r="AI1" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="2" spans="1:35">
       <c r="A2" s="2">
-        <v>331</v>
+        <v>347</v>
       </c>
       <c r="B2">
         <v>2026</v>
       </c>
       <c r="C2" t="s">
         <v>35</v>
       </c>
+      <c r="D2" t="s">
+        <v>36</v>
+      </c>
+      <c r="E2" t="s">
+        <v>37</v>
+      </c>
+      <c r="J2" t="s">
+        <v>38</v>
+      </c>
       <c r="M2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="N2" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="O2" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P2" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>43</v>
+      </c>
+      <c r="S2" t="s">
+        <v>44</v>
+      </c>
+      <c r="U2" t="s">
+        <v>45</v>
+      </c>
+      <c r="W2" t="s">
         <v>39</v>
       </c>
-      <c r="Q2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="X2" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="Y2" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="Z2" t="s">
+        <v>48</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>49</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>50</v>
+      </c>
+      <c r="AD2" t="s">
+        <v>51</v>
+      </c>
+      <c r="AE2" t="s">
         <v>45</v>
-      </c>
-[...10 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="3" spans="1:35">
       <c r="A3" s="2">
         <v>330</v>
       </c>
       <c r="B3" t="s">
-        <v>49</v>
+        <v>52</v>
+      </c>
+      <c r="D3" t="s">
+        <v>53</v>
       </c>
       <c r="M3" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="N3" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="O3" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="P3" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="Q3" t="s">
+        <v>58</v>
+      </c>
+      <c r="R3" t="s">
+        <v>59</v>
+      </c>
+      <c r="S3" t="s">
+        <v>60</v>
+      </c>
+      <c r="T3" t="s">
+        <v>61</v>
+      </c>
+      <c r="U3" t="s">
+        <v>62</v>
+      </c>
+      <c r="V3" t="s">
+        <v>55</v>
+      </c>
+      <c r="W3" t="s">
         <v>54</v>
       </c>
-      <c r="R3" t="s">
+      <c r="X3" t="s">
+        <v>63</v>
+      </c>
+      <c r="Y3" t="s">
+        <v>64</v>
+      </c>
+      <c r="Z3" t="s">
+        <v>65</v>
+      </c>
+      <c r="AA3" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB3" t="s">
+        <v>67</v>
+      </c>
+      <c r="AC3" t="s">
         <v>55</v>
       </c>
-      <c r="S3" t="s">
-[...23 lines deleted...]
-      <c r="AA3" t="s">
+      <c r="AD3" t="s">
+        <v>55</v>
+      </c>
+      <c r="AE3" t="s">
         <v>62</v>
       </c>
-      <c r="AB3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AF3" t="s">
-        <v>51</v>
+        <v>55</v>
+      </c>
+      <c r="AG3" t="s">
+        <v>68</v>
       </c>
     </row>
     <row r="4" spans="1:35">
       <c r="A4" s="2">
         <v>274</v>
       </c>
       <c r="B4">
         <v>2024</v>
       </c>
       <c r="C4" t="s">
+        <v>69</v>
+      </c>
+      <c r="D4" t="s">
+        <v>70</v>
+      </c>
+      <c r="E4" t="s">
+        <v>71</v>
+      </c>
+      <c r="F4" t="s">
+        <v>72</v>
+      </c>
+      <c r="G4" t="s">
+        <v>73</v>
+      </c>
+      <c r="H4" t="s">
+        <v>74</v>
+      </c>
+      <c r="I4" t="s">
+        <v>75</v>
+      </c>
+      <c r="J4" t="s">
+        <v>76</v>
+      </c>
+      <c r="M4" t="s">
+        <v>54</v>
+      </c>
+      <c r="O4" t="s">
+        <v>56</v>
+      </c>
+      <c r="P4" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>58</v>
+      </c>
+      <c r="R4" t="s">
+        <v>59</v>
+      </c>
+      <c r="S4" t="s">
+        <v>60</v>
+      </c>
+      <c r="T4" t="s">
+        <v>61</v>
+      </c>
+      <c r="U4" t="s">
+        <v>62</v>
+      </c>
+      <c r="W4" t="s">
+        <v>54</v>
+      </c>
+      <c r="X4" t="s">
+        <v>63</v>
+      </c>
+      <c r="Y4" t="s">
         <v>64</v>
       </c>
-      <c r="D4" t="s">
+      <c r="Z4" t="s">
         <v>65</v>
       </c>
-      <c r="E4" t="s">
+      <c r="AA4" t="s">
         <v>66</v>
       </c>
-      <c r="F4" t="s">
+      <c r="AB4" t="s">
         <v>67</v>
       </c>
-      <c r="G4" t="s">
-[...47 lines deleted...]
-      <c r="AA4" t="s">
+      <c r="AE4" t="s">
         <v>62</v>
       </c>
-      <c r="AB4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AH4" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
     </row>
     <row r="5" spans="1:35">
       <c r="A5" s="2">
         <v>242</v>
       </c>
       <c r="B5">
         <v>2023</v>
       </c>
       <c r="C5" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="D5" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="E5" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="F5" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="M5" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="N5" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="O5" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="P5">
         <v>38000</v>
       </c>
       <c r="Q5" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="S5">
         <v>340000</v>
       </c>
       <c r="T5">
         <v>113000</v>
       </c>
       <c r="W5" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="X5" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="Y5">
         <v>20000</v>
       </c>
       <c r="Z5" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="AA5" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="AB5">
         <v>4000</v>
       </c>
     </row>
     <row r="6" spans="1:35">
       <c r="A6" s="2">
         <v>243</v>
       </c>
       <c r="B6">
         <v>2018</v>
       </c>
       <c r="C6" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="F6" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="G6" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M6" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="N6" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="O6" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="P6" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="Q6" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="R6">
         <v>0</v>
       </c>
       <c r="S6">
         <v>0</v>
       </c>
       <c r="T6">
         <v>0</v>
       </c>
       <c r="U6">
         <v>0</v>
       </c>
       <c r="V6" t="s">
+        <v>96</v>
+      </c>
+      <c r="W6" t="s">
         <v>91</v>
       </c>
-      <c r="W6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X6" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="Y6" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="Z6" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="AA6" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="AB6" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="AC6">
         <v>0</v>
       </c>
       <c r="AD6">
         <v>0</v>
       </c>
       <c r="AE6">
         <v>0</v>
       </c>
       <c r="AF6">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:35">
       <c r="A7" s="2">
         <v>241</v>
       </c>
       <c r="B7">
         <v>2017</v>
       </c>
       <c r="C7" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">