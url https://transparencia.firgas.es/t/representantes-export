--- v0 (2025-10-18)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>legislatura</t>
   </si>
   <si>
     <t>nombre_completo</t>
   </si>
   <si>
     <t>cargo</t>
   </si>
   <si>
     <t>grupo_politico_id</t>
   </si>
   <si>
     <t>telefono</t>
   </si>
   <si>
     <t>email</t>
   </si>
   <si>
     <t>facebook</t>
   </si>
   <si>
@@ -158,162 +158,168 @@
   <si>
     <t>Concejal</t>
   </si>
   <si>
     <t>Juan Manuel García Díaz</t>
   </si>
   <si>
     <t>María del Mar García Medina</t>
   </si>
   <si>
     <t>Jaime Hernández Rodríguez</t>
   </si>
   <si>
     <t>Domingo Javier Perdomo Rodríguez</t>
   </si>
   <si>
     <t>Tercer Teniente de Alcalde</t>
   </si>
   <si>
     <t>javierperdomo@firgas.es</t>
   </si>
   <si>
     <t>Concejalías de Vías y Obras, Vivienda, Parques y Jardines, Medio Ambiente y Patrimonio.</t>
   </si>
   <si>
-    <t>&lt;div&gt;&lt;strong&gt;Año de nacimiento: &lt;/strong&gt;1966&lt;br&gt;&lt;br&gt;&lt;strong&gt;Teléfono:&amp;nbsp;&lt;/strong&gt;636 095 444&lt;/div&gt;</t>
+    <t>41.384,65 € (2025)</t>
+  </si>
+  <si>
+    <t>&lt;div&gt;D. Domingo Javier Perdomo Rodríguez, nació el 13 de marzo de 1966, nacido Firgas , y actualmente reside en Buen Lugar,&amp;nbsp; Firgas.&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;•&amp;nbsp; &amp;nbsp; &lt;strong&gt;Formación Académica:&lt;/strong&gt;&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp;- E.G.B.&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp;&amp;nbsp;&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;•&amp;nbsp; &amp;nbsp; &lt;strong&gt;Trayectoria Laboral: &lt;/strong&gt;En su trayectoria profesional ha sido:&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;-&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; Pintor&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;•&amp;nbsp; &amp;nbsp; &lt;strong&gt;Trayectoria Política:&lt;/strong&gt; En la actualidad es miembro del partido político Partido Popular&amp;nbsp; (P.P).&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;- Año 2007. Miembro del Partido Compromiso por Firgas (COMFIR)&lt;/div&gt;&lt;div&gt;- Legislatura 2015-2019. Miembro del partido político Coalición Canaria (C.C.)&lt;/div&gt;&lt;div&gt;- Legislatura 2019-2023. Cabeza de lista de la Agrupación Firgas Democrática. (A.F.D)&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; En 2023 se presenta por el Partido Popular, como cabeza de lista, en las elecciones municipales al Ayuntamiento de Firgas, ostentando, tras las elecciones al acta de Concejal,&amp;nbsp; formando parte del Grupo Mixto de la Corporación, en régimen de dedicación exclusiva.&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;&lt;br&gt;&lt;br&gt;&lt;a href="https://transparencia.firgas.es/storage/uploads/1763120101_DECRETO%202023-0729%20%5BDECRETO%20DEDICACI%C3%93N%20%20EXCLUSIVA%20JAVIER%5D%20(1).pdf"&gt;Decreto de dedicación exclusiva&lt;/a&gt;&lt;/div&gt;</t>
   </si>
   <si>
     <t>Partido Popular</t>
   </si>
   <si>
     <t>María Inmaculada Martín González</t>
   </si>
   <si>
     <t>inmaculadamartin@firgas.es</t>
   </si>
   <si>
     <t>Concejalías de Educación, Mayores, Sanidad y Consumo, Cementerios y Tanatorio</t>
   </si>
   <si>
-    <t>&lt;div&gt;&lt;strong&gt;Año de nacimiento:&amp;nbsp;&lt;/strong&gt;1955&lt;/div&gt;</t>
+    <t>&lt;div&gt;Dña. Inmaculada Martín González, nació el 6 de diciembre de 1955, nacido Firgas , y actualmente reside en &amp;nbsp; Firgas.&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;•&amp;nbsp; &amp;nbsp; &lt;strong&gt;Formación Académica:&lt;/strong&gt;&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; - Diplomada en EGB, en la especialidad de Ciencias Humanas, por la Escuela de Magisterio de Las Palmas, con habilitación para primaria.&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; - Especialidad en Pedagogía Terapéutica.&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp;&amp;nbsp;&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;•&amp;nbsp; &amp;nbsp; &lt;strong&gt;Trayectoria Laboral: &lt;/strong&gt;En su trayectoria profesional ha sido:&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; - Auxiliar Administrativo: Aguas Minerales de Firgas S.A. (6 años)&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; - Funcionaria de Educación en diversos centros educativos.&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; CEO Villa de Firgas (1997-2002)&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; IES Villa de Firgas &amp;nbsp; (2002-2020 jubilación). Sigue colaborando en el IES.&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp;&amp;nbsp;&lt;/div&gt;&lt;div&gt;•&amp;nbsp; &amp;nbsp; &lt;strong&gt;Trayectoria Política:&lt;/strong&gt; En la actualidad es miembro del partido político Coalición Canaria&amp;nbsp; (C.C.).&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;- Año 2011-2015. Miembro del partido político Coalición Canaria (C.C.)&lt;/div&gt;&lt;div&gt;- Ocupando la Tercera Tenencia de Alcaldía (2011-2013).&lt;/div&gt;&lt;div&gt;- Ocupando la Segunda Tenencia de Alcaldía (2013-2015)&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; En 2023 se presenta por Coalición Canaria, en las elecciones municipales al Ayuntamiento de Firgas, ostentando, tras las elecciones al acta de Concejal,&amp;nbsp; formando parte del Grupo Mixto de la Corporación, en régimen de dedicación parcial.&lt;/div&gt;</t>
   </si>
   <si>
     <t>Coalición Canaria</t>
   </si>
   <si>
     <t>Marcos Marrero García</t>
   </si>
   <si>
     <t>Segundo Teniente de Alcalde</t>
   </si>
   <si>
     <t>marcosmarrero@firgas.es</t>
   </si>
   <si>
     <t>Concejalías de Juventud, Deportes y Participación Ciudadana</t>
   </si>
   <si>
     <t>Exclusiva</t>
   </si>
   <si>
+    <t>&lt;div&gt;D. &lt;strong&gt;Marcos Marrero García&lt;/strong&gt;, nació el &lt;strong&gt;09/09/1970&lt;/strong&gt; en el barrio de &lt;strong&gt;Firgas - Casablanca&lt;/strong&gt;, aunque su residencia actual está en &lt;strong&gt;Firgas - Casablanca&lt;/strong&gt;.&lt;/div&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Formación Académica:&lt;/strong&gt;&lt;ul&gt;&lt;li&gt;- Técnico Especialista Administrativo Contable.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Formación Complementaria:&lt;/strong&gt;&lt;ul&gt;&lt;li&gt;- Trabajo y Legislación Laboral.&lt;/li&gt;&lt;li&gt;- Contabilidad General y Tesorería.&lt;/li&gt;&lt;li&gt;- Productos y Servicios Financieros.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Trayectoria Laboral:&lt;/strong&gt; En su trayectoria profesional ha sido:&lt;ul&gt;&lt;li&gt;Encargado General de Administración, Almacén y Logística, desempeñando tareas como facturación, contabilidad, gestión de almacén, acuerdos con proveedores clientes, atención al cliente, control de caja y banco, archivo y demás gestiones administrativas.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Trayectoria Política:&lt;/strong&gt; Es miembro de &lt;strong&gt;Coalición Canaria&lt;/strong&gt;, habiendo sido Concejal en &lt;strong&gt;Agrupación Firgas Democrática&lt;/strong&gt;.&lt;ul&gt;&lt;li&gt;En 2019 obtuvo acta de Concejal de la Corporación por Agrupación Firgas Democrática.&lt;/li&gt;&lt;li&gt;Durante ese mandato fue Concejal de la oposición.&lt;/li&gt;&lt;li&gt;En 2023 se presenta por el Partido &lt;strong&gt;Coalición Canaria&lt;/strong&gt; como número uno en las elecciones municipales al Ayuntamiento de Firgas, ostentando tras las elecciones municipales la &lt;strong&gt;Segunda Tenencia de Alcaldía&lt;/strong&gt; y las Concejalías de &lt;strong&gt;Deportes&lt;/strong&gt;, &lt;strong&gt;Participación Ciudadana&lt;/strong&gt; y &lt;strong&gt;Juventud&lt;/strong&gt;, en régimen de &lt;strong&gt;dedicación exclusiva&lt;/strong&gt;.&lt;br&gt;&lt;br&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://transparencia.firgas.es/storage/uploads/1763120100_DECRETO%202023-0725%20%5BDECRETO%20DEDICACI%C3%93N%20EXCLUSIVA%20ALCALDE%5D.pdf"&gt;Decreto de dedicación exclusiva&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> A. Juan Ramón Cruz Quintana</t>
+  </si>
+  <si>
+    <t>Cuarto Teniente de Alcalde</t>
+  </si>
+  <si>
+    <t>juanramon@firgas.es</t>
+  </si>
+  <si>
+    <t>Concejalías de Tráfico y Transporte, Aguas y Alcantarillado, Alumbrado y Agricultura</t>
+  </si>
+  <si>
+    <t>&lt;div&gt;D. Aniceto Juan Ramón Cruz Quintana, nació el 17 de abril de 1951, nacido en las Palmas y actualmente reside en&amp;nbsp; Firgas.&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;•&amp;nbsp; &amp;nbsp; &lt;strong&gt;Formación Académica:&lt;/strong&gt;&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; - Bachiller Superior.&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; - Curso de Contabilidad.&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; - Curso de Mercancías peligrosas&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp;&amp;nbsp;&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;•&amp;nbsp; &amp;nbsp; &lt;strong&gt;Trayectoria Laboral: &lt;/strong&gt;En su trayectoria profesional ha sido:&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; - Administrativo en el Departamento de Aduana.&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; - Apoderado.&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; - Jefe de Tráfico de transportes de mercancías.&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;•&amp;nbsp; &amp;nbsp; &lt;strong&gt;Trayectoria Política:&lt;/strong&gt; Es miembro del grupo político Unidos x Gran Canaria (UxGC).&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; En 2023 se presenta por el UxGC, como cabeza de lista, en las elecciones municipales al Ayuntamiento de Firgas, ostentando, tras las elecciones al acta de Concejal y siendo Cuarto Teniente de Alcalde, formando parte del Grupo Mixto de la Corporación, y no percibe retribuciones por su cargo o dedicación no exclusiva.&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;</t>
+  </si>
+  <si>
+    <t>https://transparencia.firgas.es/storage/uploads/1740485112juanramonBN-1000x960 (1).jpg</t>
+  </si>
+  <si>
+    <t>Unidos Por Gran Canaria</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Manuel del Rosario Báez Guerra</t>
+  </si>
+  <si>
+    <t>Primer Teniente de Alcalde</t>
+  </si>
+  <si>
+    <t>manuelbaez@firgas.es</t>
+  </si>
+  <si>
+    <t>Concejalías de Hacienda, Urbanismo, Desarrollo Local y Festejos</t>
+  </si>
+  <si>
     <t>39.207,00 €</t>
   </si>
   <si>
-    <t>&lt;div&gt;&lt;strong&gt;Año de nacimiento: &lt;/strong&gt;1970&lt;br&gt;&lt;br&gt;&lt;strong&gt;Teléfono:&amp;nbsp;&lt;/strong&gt;699 447 766&lt;/div&gt;</t>
-[...32 lines deleted...]
-    <t>&lt;div&gt;&lt;strong&gt;Año de nacimiento:&lt;/strong&gt;1954&lt;/div&gt;&lt;div&gt;&lt;br&gt;&lt;strong&gt;Teléfono:&amp;nbsp;&lt;/strong&gt;676 726 181&lt;/div&gt;</t>
+    <t>&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;D. Manuel del Rosario Báez Guerra, nació el 1 de enero de 1954, nacido en el barrio de Los Andenes, y actualmente reside en Paseo Azuaje n.º 8, Buen Lugar,&amp;nbsp; Firgas.&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;•&amp;nbsp; &amp;nbsp; &lt;strong&gt;Formación Académica:&lt;/strong&gt;&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; - Bachiller Superior.&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; - Cálculo y Contabilidad&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp;&amp;nbsp;&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;•&amp;nbsp; &amp;nbsp; &lt;strong&gt;Trayectoria Laboral: &lt;/strong&gt;En su trayectoria profesional ha sido:&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; - Administrativo en el Banco Santander.&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;•&amp;nbsp; &amp;nbsp; &lt;strong&gt;Trayectoria Política:&lt;/strong&gt; Es miembro del grupo político Unidos x Gran Canaria (UxGC).&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; - ExAlcalde.&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; En 2023 se presenta por el UxGC, como cabeza de lista, en las elecciones municipales al Ayuntamiento de Firgas, ostentando, tras las elecciones al acta de Concejal y siendo Primer Teniente de Alcalde, formando parte del Grupo Mixto de la Corporación y no percibe retribuciones por su cargo o dedicación no exclusiva.&lt;/div&gt;</t>
   </si>
   <si>
     <t>Raquel Martel Guerra</t>
   </si>
   <si>
     <t>raquelmartel@firgas.es</t>
   </si>
   <si>
     <t>Concejalías de Turismo, Servicios Sociales e Igualdad.</t>
   </si>
   <si>
     <t>Parcial al 75%</t>
   </si>
   <si>
-    <t>20.902,00 €</t>
-[...2 lines deleted...]
-    <t>&lt;div&gt;&lt;strong&gt;Año de nacimiento: &lt;/strong&gt;1976&lt;br&gt;&lt;br&gt;&lt;strong&gt;Teléfono:&amp;nbsp;&lt;/strong&gt;696 108 576&lt;/div&gt;</t>
+    <t>22.063,11 € (2025)</t>
+  </si>
+  <si>
+    <t>&lt;div&gt;Dña. Raquel Verónica Martel Guerra, nació el 10 de mayo de 1976, nacida en Arucas y actualmente reside en Buen Lugar, Firgas.&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;•&amp;nbsp; &amp;nbsp; &lt;strong&gt;Formación Académica:&lt;/strong&gt;&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; - Graduada en Educación Secundaria.&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp;&amp;nbsp;&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;•&amp;nbsp; &amp;nbsp; &lt;strong&gt;Trayectoria Laboral: &lt;/strong&gt;En su trayectoria profesional ha sido:&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; - Dependienta.&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; - Mozo almacén.&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; - Camarera.&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;•&amp;nbsp; &amp;nbsp; &lt;strong&gt;Trayectoria Política:&lt;/strong&gt; Es miembro del grupo político PSOE desde el 2019.&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; - Secretaria de organización (2019-2023) de la Ejecutiva Local del PSOE en la Agrupación&amp;nbsp; &amp;nbsp; &amp;nbsp;Socialista Manuel Hernández Quintero.&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;Durante el mandato 2019 hasta 2023, fue concejala electa en el Ayuntamiento de Firgas, en régimen de dedicación parcial&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;En 2023 se presenta por el PSOE, como segunda de lista, en las elecciones municipales al Ayuntamiento de Firgas, ostentando, tras las elecciones el cargo de Concejala, formando parte del Grupo Mixto de la Corporación, en régimen de dedicación parcial.&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;&lt;br&gt;&lt;a href="https://transparencia.firgas.es/storage/uploads/1763120099DECRETO%202023-0728%20%5BDECRETO%20DEDICACI%C3%93N%20PARCIAL%20RAQUEL%5D.pdf"&gt;Decreto de dedicación parcial&lt;/a&gt;&lt;/div&gt;</t>
   </si>
   <si>
     <t>PSOE</t>
   </si>
   <si>
     <t>Vicente Alexis Henríquez Hernández</t>
   </si>
   <si>
     <t>Alcalde</t>
   </si>
   <si>
     <t>alexishenriquez@firgas.es</t>
   </si>
   <si>
     <t>Seguridad, Cultura, Limpieza y Recogida de Residuos, Personal, Contratación, Nuevas Tecnologías, Presidencia y Comunicación, Régimen Interior y Servicios Generales. AFURGAD.</t>
   </si>
   <si>
-    <t>39.228,00 €</t>
-[...2 lines deleted...]
-    <t>&lt;div&gt;&lt;strong&gt;Año de nacimiento:&lt;/strong&gt; 1972&lt;br&gt;&lt;br&gt;&lt;strong&gt;Teléfono:&lt;/strong&gt; 616 507 037&lt;/div&gt;</t>
+    <t>41.406,89€ (2025)</t>
+  </si>
+  <si>
+    <t>&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; D. Vicente Alexis Henríquez Hernández, nació el 5 de abril de 1971 y actualmente reside en La Caldera, Firgas.&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;•&amp;nbsp; &amp;nbsp; &lt;strong&gt;Formación Académica:&lt;/strong&gt;&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; - E.G.B&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; - 3º BACHILLER&amp;nbsp; (sin finalizar).&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; - Formación en líneas especiales de Telefonía (RDSI, ADSL, fibra óptica, centralitas,&amp;nbsp; &amp;nbsp; &amp;nbsp; cableado estructurado en redes, configuración de redes, etc)&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;•&amp;nbsp; &amp;nbsp; &lt;strong&gt;Trayectoria Laboral: &lt;/strong&gt;En su trayectoria profesional ha sido:&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; -Técnico en centralitas telefónicas, líneas, fibra, redes, etc&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; - Empresario desde el 2004 al 2011.&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;•&amp;nbsp; &amp;nbsp; &lt;strong&gt;Trayectoria Política:&lt;/strong&gt; Es miembro del grupo político PSOE.&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; - Secretario General de la Ejecutiva Local del PSOE en la Agrupación Socialista Manuel&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp;Hernández Quintero.&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; -Miembro de la Ejecutiva Insular, como Secretario de Desarrollo Rural.&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; -Miembro del Comité Regional del PSOE&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; -Miembro de la FEMP, como vocal de la Comisión de Consumo.&lt;/div&gt;&lt;div&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; -Miembro de la FECAM, como vocal de la Comisión de Nuevas Tecnologías.&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;Durante el mandato 2011 hasta 2015 fue concejal electo en el Ayuntamiento de Firgas, en régimen de dedicación parcial&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;En 2019 obtuvo nuevamente acta de concejal de la Corporación,&amp;nbsp; siendo 2º Teniente de Acalde, en régimen de dedicación exclusiva.&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;/div&gt;&lt;div&gt;En 2023 se presenta por el PSOE, como cabeza de lista en las elecciones municipales al Ayuntamiento de Firgas, ostentando tras las elecciones municipales la&amp;nbsp; Alcaldía y las Concejalías de Presidencia, formando parte del Grupo Mixto de la Corporación, en régimen de dedicación exclusiva.&lt;/div&gt;&lt;div&gt;&lt;br&gt;&lt;br&gt;&lt;a href="https://transparencia.firgas.es/storage/uploads/1763120100_DECRETO%202023-0725%20%5BDECRETO%20DEDICACI%C3%93N%20EXCLUSIVA%20ALCALDE%5D.pdf"&gt;Decreto de dedicación exclusiva&lt;/a&gt;&lt;/div&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -674,51 +680,51 @@
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="41" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="32" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="205" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="18" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="34" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="34" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="39" bestFit="true" customWidth="true" style="0"/>
-    <col min="19" max="19" width="128" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="3019" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="102" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="205" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="18" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:30">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
@@ -1015,349 +1021,355 @@
     <row r="8" spans="1:30">
       <c r="A8" s="1">
         <v>1040</v>
       </c>
       <c r="B8" t="s">
         <v>30</v>
       </c>
       <c r="C8" t="s">
         <v>44</v>
       </c>
       <c r="D8" t="s">
         <v>45</v>
       </c>
       <c r="E8">
         <v>218</v>
       </c>
       <c r="G8" t="s">
         <v>46</v>
       </c>
       <c r="M8" t="s">
         <v>47</v>
       </c>
       <c r="N8" t="s">
         <v>33</v>
       </c>
+      <c r="O8" t="s">
+        <v>48</v>
+      </c>
       <c r="P8" t="s">
         <v>34</v>
       </c>
       <c r="Q8" t="s">
         <v>35</v>
       </c>
       <c r="R8" t="s">
         <v>36</v>
       </c>
       <c r="S8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="V8" t="s">
         <v>47</v>
       </c>
       <c r="W8">
         <v>4</v>
       </c>
       <c r="Z8">
         <v>1</v>
       </c>
       <c r="AD8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:30">
       <c r="A9" s="1">
         <v>1043</v>
       </c>
       <c r="B9" t="s">
         <v>30</v>
       </c>
       <c r="C9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D9" t="s">
         <v>32</v>
       </c>
       <c r="E9">
         <v>217</v>
       </c>
       <c r="G9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="M9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="N9" t="s">
         <v>33</v>
       </c>
       <c r="P9" t="s">
         <v>34</v>
       </c>
       <c r="Q9" t="s">
         <v>35</v>
       </c>
       <c r="R9" t="s">
         <v>36</v>
       </c>
       <c r="S9" t="s">
+        <v>54</v>
+      </c>
+      <c r="V9" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="W9">
         <v>7</v>
       </c>
       <c r="Z9">
         <v>1</v>
       </c>
       <c r="AD9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:30">
       <c r="A10" s="1">
         <v>1039</v>
       </c>
       <c r="B10" t="s">
         <v>30</v>
       </c>
       <c r="C10" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D10" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E10">
         <v>217</v>
       </c>
       <c r="G10" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="M10" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="N10" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="O10" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="S10" t="s">
         <v>61</v>
       </c>
       <c r="V10" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="W10">
         <v>3</v>
       </c>
       <c r="Z10">
         <v>1</v>
       </c>
       <c r="AD10" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="11" spans="1:30">
       <c r="A11" s="1">
         <v>1041</v>
       </c>
       <c r="B11" t="s">
         <v>30</v>
       </c>
       <c r="C11" t="s">
         <v>62</v>
       </c>
       <c r="D11" t="s">
         <v>63</v>
       </c>
       <c r="E11">
         <v>216</v>
       </c>
       <c r="G11" t="s">
         <v>64</v>
       </c>
       <c r="M11" t="s">
         <v>65</v>
       </c>
       <c r="N11" t="s">
         <v>33</v>
       </c>
       <c r="P11" t="s">
         <v>34</v>
       </c>
       <c r="Q11" t="s">
         <v>35</v>
       </c>
       <c r="R11" t="s">
         <v>36</v>
       </c>
+      <c r="S11" t="s">
+        <v>66</v>
+      </c>
       <c r="T11" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="V11" t="s">
         <v>65</v>
       </c>
       <c r="W11">
         <v>5</v>
       </c>
       <c r="Z11">
         <v>1</v>
       </c>
       <c r="AD11" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="12" spans="1:30">
       <c r="A12" s="1">
         <v>1038</v>
       </c>
       <c r="B12" t="s">
         <v>30</v>
       </c>
       <c r="C12" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D12" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E12">
         <v>216</v>
       </c>
       <c r="G12" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="M12" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="N12" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="O12" t="s">
-        <v>60</v>
+        <v>73</v>
       </c>
       <c r="S12" t="s">
+        <v>74</v>
+      </c>
+      <c r="V12" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="W12">
         <v>2</v>
       </c>
       <c r="Z12">
         <v>1</v>
       </c>
       <c r="AD12" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="13" spans="1:30">
       <c r="A13" s="1">
         <v>1042</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D13" t="s">
         <v>32</v>
       </c>
       <c r="E13">
         <v>213</v>
       </c>
       <c r="G13" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="M13" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="N13" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="O13" t="s">
+        <v>79</v>
+      </c>
+      <c r="S13" t="s">
+        <v>80</v>
+      </c>
+      <c r="V13" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>75</v>
       </c>
       <c r="W13">
         <v>6</v>
       </c>
       <c r="Z13">
         <v>1</v>
       </c>
       <c r="AD13" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="14" spans="1:30">
       <c r="A14" s="1">
         <v>1035</v>
       </c>
       <c r="B14" t="s">
         <v>30</v>
       </c>
       <c r="C14" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="D14" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="E14">
         <v>213</v>
       </c>
       <c r="G14" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="M14" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="N14" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="O14" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="S14" t="s">
+        <v>87</v>
+      </c>
+      <c r="V14" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="W14">
         <v>1</v>
       </c>
       <c r="Z14">
         <v>1</v>
       </c>
       <c r="AD14" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">